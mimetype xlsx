--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -4,2681 +4,2408 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ВЫСТАВЛЕНО НА БИРЖЕВЫЕ ТОРГИ (С" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="877">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="786" uniqueCount="786">
   <si>
     <t>Contract</t>
   </si>
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Contract One Size</t>
   </si>
   <si>
     <t>Unit Of Measure</t>
   </si>
   <si>
     <t>Contract Today Size</t>
   </si>
   <si>
     <t>Contract Quality Size</t>
   </si>
   <si>
     <t>Location Warehouse</t>
   </si>
   <si>
     <t>Seller Name</t>
   </si>
   <si>
     <t>Date Of Salee</t>
   </si>
   <si>
+    <t>118044</t>
+  </si>
+  <si>
+    <t>Мука пшеничная Витаминизированная 1-сорта</t>
+  </si>
+  <si>
+    <t>килограмм</t>
+  </si>
+  <si>
+    <t>г. Нукус, пос. Кызкеткен, Промзона б/н</t>
+  </si>
+  <si>
+    <t>NUKUS UN ZAVODI MCHJ</t>
+  </si>
+  <si>
+    <t>16:00:00 - 16:15:00</t>
+  </si>
+  <si>
+    <t>114449</t>
+  </si>
+  <si>
+    <t>Мука пшеничная обогащенная витаминно-минеральной смесью 1-сорта</t>
+  </si>
+  <si>
+    <t>г. Нукус, Промзона 11</t>
+  </si>
+  <si>
+    <t>G`ALLE MINERAL MCHJ</t>
+  </si>
+  <si>
+    <t>115670</t>
+  </si>
+  <si>
+    <t>Мука пшеничная обогащенная витаминно-минеральной смесью 1 сорт</t>
+  </si>
+  <si>
+    <t>Бухарская обл., Жандарский р-н Кароли МФЙ</t>
+  </si>
+  <si>
+    <t>ISMOIL DON MAXSULOT MCHJ</t>
+  </si>
+  <si>
+    <t>114906</t>
+  </si>
+  <si>
+    <t>Мука пшеничная витаминизированная 1 сорт</t>
+  </si>
+  <si>
+    <t>РК., г. Тахиаташ, ул. Гидроузельная б н</t>
+  </si>
+  <si>
+    <t>OOO ATIYAJ-GULZAR</t>
+  </si>
+  <si>
+    <t>115231</t>
+  </si>
+  <si>
+    <t>РК., Ходжейлийский район, Кун Нуры МФЙ</t>
+  </si>
+  <si>
+    <t>ЧП UNITED KAPITAL</t>
+  </si>
+  <si>
+    <t>114758</t>
+  </si>
+  <si>
+    <t>JONDOR CHINOR DON MCHJ</t>
+  </si>
+  <si>
+    <t>114747</t>
+  </si>
+  <si>
+    <t>Бухарская обл., Жандарский р-н Янгиобод Яккатут база</t>
+  </si>
+  <si>
+    <t>JONDOR OLTIN DON MCHJ</t>
+  </si>
+  <si>
+    <t>115218</t>
+  </si>
+  <si>
+    <t>Мука пшеничная обогащенная витаминно-минеральный смесью 1 сорт</t>
+  </si>
+  <si>
+    <t>Бухарская обл Гиждуванский р-н Армечан МФЙ 55 уй</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLTIN  BOSHOQ  BUXORO MCHJ</t>
+  </si>
+  <si>
+    <t>114753</t>
+  </si>
+  <si>
+    <t>Хоразм вилояти, Тупроққалъа тумани, К.Отаниёзов кўчаси 4/56-уй</t>
+  </si>
+  <si>
+    <t>PITNAK AGRO DON MCHJ</t>
+  </si>
+  <si>
+    <t>105006</t>
+  </si>
+  <si>
+    <t>Бетонная добавка HYPER-AFR противоморозная</t>
+  </si>
+  <si>
+    <t>Ташкентская обл, Уртачирчикский р-н, Машъал МФЙ, ул. Абая Мамута, 216</t>
+  </si>
+  <si>
+    <t>HYPER PLAST MCHJ</t>
+  </si>
+  <si>
+    <t>17:00:00 - 17:15:00</t>
+  </si>
+  <si>
+    <t>115588</t>
+  </si>
+  <si>
+    <t>Мука пшеничная 1 сорт</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бухарская область, Каракульский район, Чекирчи МФЙ, улица Тошкент, 109-уй </t>
+  </si>
+  <si>
+    <t>OOO SAKINAT DON MAXSULOTLARI</t>
+  </si>
+  <si>
+    <t>105007</t>
+  </si>
+  <si>
+    <t>Бетонная добавка HYPER-PCE гиперпластификатор</t>
+  </si>
+  <si>
+    <t>114808</t>
+  </si>
+  <si>
+    <t>Мука пшеничная Golden Valley обогащенная витаминно-минеральной смесью 1 сорт</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> QASHQADARYO VILOYATI, QARSHI TUMANI, BOG`OBOD, БОҒОБОД МФЙ, ПАРҒУЗА ҚИШЛО ҒИ, 183-У</t>
+  </si>
+  <si>
+    <t>GOLD OASIS ROAD MCHJ</t>
+  </si>
+  <si>
+    <t>115013</t>
+  </si>
+  <si>
+    <t>Мука пшеничная хлебопекарная обогащенная витаминно-минеральной смесью 1 сорт</t>
+  </si>
+  <si>
+    <t>Кашкадарбинская обл. Рай. Камашинский Пос. Окгузар ул. Исламобод дом 1.</t>
+  </si>
+  <si>
+    <t>QAMASHI OLTIN DON MCHJ</t>
+  </si>
+  <si>
+    <t>114749</t>
+  </si>
+  <si>
+    <t>Мука пшеничная Billur Gold обогащенная витаминно-минеральной смесью 1 сорт</t>
+  </si>
+  <si>
+    <t>Бухарская обл., Жандарский р-н Яккатут МФЙ</t>
+  </si>
+  <si>
+    <t>ЯККАТУТ ПАХТАЧИЛИК ҒАЛЛАЧИЛИК ШОЛИЧИЛИК ВА УРУҒЧИЛИК КЛАСТЕРИ</t>
+  </si>
+  <si>
+    <t>114995</t>
+  </si>
+  <si>
+    <t>РУз, Сырдарьинский вилоят, Сайхунобод, Фаравон МФЙ</t>
+  </si>
+  <si>
+    <t>QADRLI MCHJ</t>
+  </si>
+  <si>
+    <t>115223</t>
+  </si>
+  <si>
+    <t>г.Навои Кизилтепинский р-н Ёшлик-2</t>
+  </si>
+  <si>
+    <t>QIZILTEPA UN ZAVODI AJ</t>
+  </si>
+  <si>
+    <t>114829</t>
+  </si>
+  <si>
+    <t>Andijon viloyati, Асака Navkan MFY, Mirza Axmedov ko'chasi, 597-uy</t>
+  </si>
+  <si>
+    <t>SADAF SOF UNLARI MCHJ</t>
+  </si>
+  <si>
+    <t>118129</t>
+  </si>
+  <si>
+    <t>Шелуха хлопковая</t>
+  </si>
+  <si>
+    <t>тонна</t>
+  </si>
+  <si>
+    <t>РУз, Самаркандская обл,,Нарпайский р- н, ул. Зирабулок № 43</t>
+  </si>
+  <si>
+    <t>MAROQAND SIFAT MCHJ</t>
+  </si>
+  <si>
+    <t>115111</t>
+  </si>
+  <si>
+    <t>Навоинская область, Кизилтепинский р-он, Азизобод МФЙ</t>
+  </si>
+  <si>
+    <t>ZARMETAN UNIVERSAL SAVDO MCHJ</t>
+  </si>
+  <si>
+    <t>118130</t>
+  </si>
+  <si>
+    <t>Шрот хлопковых семян тостированный 1-сорта</t>
+  </si>
+  <si>
+    <t>РУз, Самаркандская обл.,Нарпайский р- н, ул, Зирабулок № 43</t>
+  </si>
+  <si>
+    <t>102610</t>
+  </si>
+  <si>
+    <t>Сетка 12Х18Н10Т 0,4х0,4х0,25мм нержавеющая</t>
+  </si>
+  <si>
+    <t>кв.метр</t>
+  </si>
+  <si>
+    <t>С. Айний 34</t>
+  </si>
+  <si>
+    <t>NEW TRUST WORLD MCHJ</t>
+  </si>
+  <si>
+    <t>103317</t>
+  </si>
+  <si>
+    <t>Сетка 12Х18Н10Т 2х2х1мм тканая из нержавеющей проволоки</t>
+  </si>
+  <si>
+    <t>г. Навои С.Айний,34</t>
+  </si>
+  <si>
+    <t>115041</t>
+  </si>
+  <si>
+    <t>Мука пшеничная хлебопекарная 1 сорт</t>
+  </si>
+  <si>
+    <t>г.Ташкент, Алмазарский р-н, ул. С. Рахимова, дом 327</t>
+  </si>
+  <si>
+    <t>PROJECCT INVEST SERVICE MCHJ</t>
+  </si>
+  <si>
+    <t>118131</t>
+  </si>
+  <si>
+    <t>Масло хлопковое рафинированное, дезодорированное, прессовое высшего сорта</t>
+  </si>
+  <si>
+    <t>штука</t>
+  </si>
+  <si>
+    <t>РУз, Самаркандская обл.,Нарпайсrсий р- н, ул. Зирабулок № 4З</t>
+  </si>
+  <si>
+    <t>117694</t>
+  </si>
+  <si>
+    <t>Отруби пшеничные</t>
+  </si>
+  <si>
+    <t>Бухарская обл., каракулкий р, ул. Тинчлик 47</t>
+  </si>
+  <si>
+    <t>QORAKOLDONMAXSULOTLARI МЧЖ</t>
+  </si>
+  <si>
+    <t>118107</t>
+  </si>
+  <si>
+    <t>Кормосмесь К.Р.С-65 Уз крк 10-1</t>
+  </si>
+  <si>
+    <t>117880</t>
+  </si>
+  <si>
+    <t>Масло хлопковое рафинированное, дезодорированное, прессовое 1-сорта</t>
+  </si>
+  <si>
+    <t>литр</t>
+  </si>
+  <si>
+    <t>РК, Чимбайский район, ул.С.Камалов 57</t>
+  </si>
+  <si>
+    <t>SHIMBAY MAY INVEST</t>
+  </si>
+  <si>
+    <t>115141</t>
+  </si>
+  <si>
+    <t>Мука пшеничная 2 сорт</t>
+  </si>
+  <si>
+    <t>Бухарская область Каракульский район, ул.Тинчлик, 47</t>
+  </si>
+  <si>
+    <t>115243</t>
+  </si>
+  <si>
+    <t>Джизакская обл Зарбдарский р-н ул. Галлакор 1 дом</t>
+  </si>
+  <si>
+    <t>ZARBDOR ELEVATORI AJ</t>
+  </si>
+  <si>
+    <t>114756</t>
+  </si>
+  <si>
+    <t>Бухарская обл.,Каракулский р-н ул тинчлик 47</t>
+  </si>
+  <si>
+    <t>115755</t>
+  </si>
+  <si>
+    <t>Shofirkon tuman Yangi Jilvon MFY</t>
+  </si>
+  <si>
+    <t>SANJAR SAMANDAR FAYZ - 2020 MCHJ</t>
+  </si>
+  <si>
+    <t>116088</t>
+  </si>
+  <si>
+    <t>г.Заpафшан Олтин водий МФЙ, саноат худуди, 32А-уй</t>
+  </si>
+  <si>
+    <t>AS-SAHIH GRAIN-FLOUR PRODUCTS MCHJ</t>
+  </si>
+  <si>
+    <t>119464</t>
+  </si>
+  <si>
+    <t>Мука пшеничная Витаминизированная 1 сорт</t>
+  </si>
+  <si>
+    <t>Косон тумани Дустлик MFY, Baxt ko'chasi, 29-uy</t>
+  </si>
+  <si>
+    <t>1NASAF GOLD MCHJ</t>
+  </si>
+  <si>
+    <t>117226</t>
+  </si>
+  <si>
+    <t>Мука пшеничная ELITE обогащенная витаминно-минеральной смесью 1 сорт</t>
+  </si>
+  <si>
+    <t>Чиназский район МФЙ Обихаёт</t>
+  </si>
+  <si>
+    <t>ROYAL MEGA MILLS MCHJ</t>
+  </si>
+  <si>
+    <t>119410</t>
+  </si>
+  <si>
+    <t>г.Ташкент , Бектемирский район , ул.Х.Бойкаро 92-а</t>
+  </si>
+  <si>
+    <t>ECO MILL COMPANY MCHJ</t>
+  </si>
+  <si>
+    <t>118179</t>
+  </si>
+  <si>
+    <t>Шелуха хлопковых семян</t>
+  </si>
+  <si>
+    <t>Қашқадарё вилояти Косон тумани Дўстлик МФЙ Қарши-Бухоро йўли кўчаси 27-уй</t>
+  </si>
+  <si>
+    <t>KOSON YOG` KOMBINAT MCHJ</t>
+  </si>
+  <si>
+    <t>115202</t>
+  </si>
+  <si>
+    <t>Навоий вил. Хатирчи тум. Мустакиллик МФЙ</t>
+  </si>
+  <si>
+    <t>DYNAMIC ELECTRONICS MCHJ</t>
+  </si>
+  <si>
+    <t>118180</t>
+  </si>
+  <si>
+    <t>Шрот хлопковых семян 1-сорта</t>
+  </si>
+  <si>
+    <t>118189</t>
+  </si>
+  <si>
+    <t>Масло хлопковое Bunyodkor oil рафинированное, дезодорированное, прессовое высшего сорта</t>
+  </si>
+  <si>
+    <t>115422</t>
+  </si>
+  <si>
+    <t>Токент вилояти, Зангиота тумани, Мустахкам оила кўчаси 27а уй</t>
+  </si>
+  <si>
+    <t>GOLDEN GRAIN BUSINESS GROUP MCHJ</t>
+  </si>
+  <si>
+    <t>116392</t>
+  </si>
+  <si>
+    <t>Зарафшон шахри, 3-кичик туман, 22-уй</t>
+  </si>
+  <si>
+    <t>SULTAN-ALI EXPRESS TOUR MCHJ</t>
+  </si>
+  <si>
+    <t>119080</t>
+  </si>
+  <si>
+    <t>Плита железобетонная ПАГ-14 предварительно напряженные</t>
+  </si>
+  <si>
+    <t>Бухарская область, г. Бухара, ул. Х. Дустлиги дом. 16А</t>
+  </si>
+  <si>
+    <t>AGROMASHSERVIS ISHLAB CHIQARISH SAVDO TA'MINOT MCHJ</t>
+  </si>
+  <si>
+    <t>119512</t>
+  </si>
+  <si>
+    <t>Шрот хлопковых семян</t>
+  </si>
+  <si>
+    <t>, г.Наманган, Юксалий МФЙ, ул.7-Нуробод, дом 22.</t>
+  </si>
+  <si>
+    <t>RAVSHAN-BOSIT HAMJIHAT SERVIS MCHJ</t>
+  </si>
+  <si>
+    <t>119509</t>
+  </si>
+  <si>
+    <t>107471</t>
+  </si>
+  <si>
+    <t>Смазка ЖРО</t>
+  </si>
+  <si>
+    <t>г Ташкент, Сергелийский район Кўхна умари МФЙ, ТКАД кўчаси.</t>
+  </si>
+  <si>
+    <t>ООО PETROL AUTO AND INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>115581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шафирканский район Жуйнав МФЙ,  Махаллашери-15/а</t>
+  </si>
+  <si>
+    <t>DILSHOD DALER GOLD PLYUS MCHJ</t>
+  </si>
+  <si>
+    <t>115753</t>
+  </si>
+  <si>
+    <t>Бухарская область Каганский район Туткунда МФЙ</t>
+  </si>
+  <si>
+    <t>SAMANDAR SANOAT SAVDO MCHJ</t>
+  </si>
+  <si>
+    <t>115766</t>
+  </si>
+  <si>
+    <t>Каганский р-н Туткунда МФЙ Туткун 63</t>
+  </si>
+  <si>
+    <t>ASIAN GOLDEN GRAIN PRODUCTS MCHJ</t>
+  </si>
+  <si>
+    <t>115673</t>
+  </si>
+  <si>
+    <t>Кармана тумани Malik MFY, Malik ko'chasi , 390-uy</t>
+  </si>
+  <si>
+    <t>OLIY SIFAT UN MAXSULOTLAR MCHJ</t>
+  </si>
+  <si>
+    <t>118133</t>
+  </si>
+  <si>
+    <t>Масло хлопковое рафинированное дезодорированное экстракционное 1-сорта</t>
+  </si>
+  <si>
+    <t>Чуст тумани Бирлик МФЙ 102-1</t>
+  </si>
+  <si>
+    <t>MCHJ CHUST BARAKA YOG` MOY</t>
+  </si>
+  <si>
+    <t>119289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4МП ВНУТРЕННАЯ СТАЦИОНАРНАЯ IP КАМЕРА (POE ПИТАНИЯ) ДО 30М (ЗВУК)  HIKVISION DS-2CD1343G0-IUF</t>
+  </si>
+  <si>
+    <t>Ташкентский област Янгиюльского района Гулбахор (дом бытового обслуживания)</t>
+  </si>
+  <si>
+    <t>OMAD FAYZ BARAKA INVEST</t>
+  </si>
+  <si>
+    <t>15:00:00 - 15:50:00</t>
+  </si>
+  <si>
+    <t>119300</t>
+  </si>
+  <si>
+    <t>МЫЛЬНИЦА НАВЕСНАЯ</t>
+  </si>
+  <si>
+    <t>119271</t>
+  </si>
+  <si>
+    <t>ВЕШАЛКА ДЛЯ ПОЛОТЕНЕЦ</t>
+  </si>
+  <si>
+    <t>119304</t>
+  </si>
+  <si>
+    <t>УКАЗАТЕЛЬ ПОЖАРНЫХ ГИДРАНТОВ</t>
+  </si>
+  <si>
+    <t>119260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">МОДУЛЬ SFP+ ОПТИЧЕСКИЙ, LC  DUPLEX, ДАЛЬНОСТЬ ДО 10 КМ</t>
+  </si>
+  <si>
+    <t>119244</t>
+  </si>
+  <si>
+    <t>КОРОБКА СОЕДЕНИТЕЛЬНАЯ УКП</t>
+  </si>
+  <si>
+    <t>119245</t>
+  </si>
+  <si>
+    <t>КОМБИНИРОВАННЫЙ ОХРАННЫЙ-ПОЖАРНЫЙ ЗВУКОВОЙ СИРЕНА ОПОВЕЩАТЕЛЬ АСТРА-2331</t>
+  </si>
+  <si>
+    <t>119251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">РАБОЧАЯ СТАНЦИЯ ДЛЯ ДИСПЛЕЯ,  CORI3- 9400F ОЗУ 16GB, 4GB GEFORCE  HDD 500GB, SSD- 128GB</t>
+  </si>
+  <si>
+    <t>119285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4МП ВНУТРЕННАЯ ПОТОЛОЧНАЯ  СТАЦИОНАРНАЯ IP-КАМЕРА (POE  ПИТАНИЯ) ДО 30М HIKVISION DS 2CD2143GO-IS</t>
+  </si>
+  <si>
+    <t>119253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">КРОСС ОПТИЧЕСКИЙ 19" (ШКОС)  УКОМПЛЕКТОВАННЫЙ НА 8LC  ПОРТОВ (КОМПЛЕКТ С АДАПТЕРАМИ  И ПИГТЕЙЛАМИ) SNR-ODF-24R-8LC-P</t>
+  </si>
+  <si>
+    <t>119286</t>
+  </si>
+  <si>
+    <t>119257</t>
+  </si>
+  <si>
+    <t>ХРОНОТЕРМОСТАТ ЭЛЕКТРОННЫЙ КОМНАТНЫЙ С ДАТЧИКОМ ТЕМПЕРАТУРЫ ПОЛА VT.AC709</t>
+  </si>
+  <si>
+    <t>119307</t>
+  </si>
+  <si>
+    <t>119302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4МП УЛИЧНАЯ СТАЦИОНАРНАЯ IP ВИДЕОКАМЕРА (POE ПИТАНИЯ) ДО 80М  HIKVISION DS-2CD2T42WD-I8</t>
+  </si>
+  <si>
+    <t>119301</t>
+  </si>
+  <si>
+    <t>119250</t>
+  </si>
+  <si>
+    <t>119275</t>
+  </si>
+  <si>
+    <t>119284</t>
+  </si>
+  <si>
+    <t>119310</t>
+  </si>
+  <si>
+    <t>ГРАНД МАГИСТР-24АРС</t>
+  </si>
+  <si>
+    <t>119258</t>
+  </si>
+  <si>
+    <t>115088</t>
+  </si>
+  <si>
+    <t>Ферганская область, г.Фергана, у-л Xazina (Qashqar q-q), дом 246-uy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VODIY  YUKSALISH  DAVRI TOMORQA XIZMATI MCHJ</t>
+  </si>
+  <si>
+    <t>114757</t>
+  </si>
+  <si>
+    <t>Хужабарги 5</t>
+  </si>
+  <si>
+    <t>AKBARJON BARAKAT MCHJ</t>
+  </si>
+  <si>
+    <t>118257</t>
+  </si>
+  <si>
+    <t>114735</t>
+  </si>
+  <si>
+    <t>Каганский район Тут-Кунда кишлоги. 63-уй</t>
+  </si>
+  <si>
+    <t>115643</t>
+  </si>
+  <si>
+    <t>Масло хлопковое “Musaffo” рафинированное дезодорированное экстракционное 1-сорта</t>
+  </si>
+  <si>
+    <t>Тўрткўл тумани Беруний кўчаси №233</t>
+  </si>
+  <si>
+    <t>TURTKUL COTTON OIL MCHJ</t>
+  </si>
+  <si>
+    <t>118258</t>
+  </si>
+  <si>
+    <t>117893</t>
+  </si>
+  <si>
+    <t>Масло хлопковое “Musaffo” рафинированное, дезодорированное, прессовое 1-сорта</t>
+  </si>
+  <si>
+    <t>Тўрткўл тумани Беруний кўчаси 233-уй</t>
+  </si>
+  <si>
+    <t>115542</t>
+  </si>
+  <si>
+    <t>Андижон вилояти, Баликчи ш., Яккатол махалла</t>
+  </si>
+  <si>
+    <t>СИФАТ САВДО ГРАНТ МЧЖ</t>
+  </si>
+  <si>
+    <t>117895</t>
+  </si>
+  <si>
+    <t>Тўрткўл тумани Беруний кўчаси 223-уй</t>
+  </si>
+  <si>
+    <t>114741</t>
+  </si>
+  <si>
+    <t>Samarqand shahar, Kamolot MFY, Kimyogarlar 96</t>
+  </si>
+  <si>
+    <t>EAST OIL AGRO MCHJ</t>
+  </si>
+  <si>
+    <t>117808</t>
+  </si>
+  <si>
+    <t>Масло хлопковое рафинированное недезодорированное прессовое 1-сорта</t>
+  </si>
+  <si>
+    <t>Бухарская область Ромитанский район Тошработ 505/1</t>
+  </si>
+  <si>
+    <t>ROMITAN PURE PRODUCT MCHJ</t>
+  </si>
+  <si>
+    <t>115294</t>
+  </si>
+  <si>
+    <t>г.Ташкент Яшнабадский р-н.,ул.М.Ашрафи 106.</t>
+  </si>
+  <si>
+    <t>OQQO`RG`ON BUSINESS CLUSTER MCHJ</t>
+  </si>
+  <si>
+    <t>114740</t>
+  </si>
+  <si>
+    <t>118047</t>
+  </si>
+  <si>
+    <t>г.Янгиюль, Мустакиллик МФЙ, ул.Навбахор д.54</t>
+  </si>
+  <si>
+    <t>ORTUS BIZNES MCHJ</t>
+  </si>
+  <si>
+    <t>114755</t>
+  </si>
+  <si>
+    <t>Кўнгирот тумани Пром. зона</t>
+  </si>
+  <si>
+    <t>ELITE GOLD FLOUR MCHJ</t>
+  </si>
+  <si>
+    <t>114680</t>
+  </si>
+  <si>
+    <t>г.Ташкент Яшнабадский р-н., ул.М.Ашрафи 106.</t>
+  </si>
+  <si>
+    <t>117983</t>
+  </si>
+  <si>
+    <t>114682</t>
+  </si>
+  <si>
+    <t>Фергана, ул Ал Фаргоний 93</t>
+  </si>
+  <si>
+    <t>NAMANGAN DON MAHSULOTLARI-1 MCHJ</t>
+  </si>
+  <si>
+    <t>117982</t>
+  </si>
+  <si>
+    <t>118011</t>
+  </si>
+  <si>
+    <t>Бухарский район Сафкарда кк</t>
+  </si>
+  <si>
+    <t>ABDULAZIZ SEVARA IXTIYOR MCHJ</t>
+  </si>
+  <si>
+    <t>114710</t>
+  </si>
+  <si>
+    <t>Тўрткўл тумани Уллубог ОФЙ Сазовор кўчаси №30</t>
+  </si>
+  <si>
+    <t>PREMIUM GOLDEN-GRAIN-PRODUCTS MCHJ</t>
+  </si>
+  <si>
+    <t>115989</t>
+  </si>
+  <si>
+    <t>TOSHKENTDON 24 MCHJ</t>
+  </si>
+  <si>
+    <t>118048</t>
+  </si>
+  <si>
+    <t>Юкоричирчикский р-н., Суракент КФЙ, махаля Жалолтепа</t>
+  </si>
+  <si>
+    <t>ALBA BIZNES INDUSTRIALS MCHJ</t>
+  </si>
+  <si>
+    <t>115114</t>
+  </si>
+  <si>
+    <t>Кашкадарё в. г. Карши ул Насаф дом-8</t>
+  </si>
+  <si>
+    <t>ASIAN GOLDEN OIL MCHJ</t>
+  </si>
+  <si>
+    <t>119445</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Г Фергана ул Ал-Фаргоний 93. </t>
+  </si>
+  <si>
+    <t>BARAKA AGROLINE MCHJ</t>
+  </si>
+  <si>
+    <t>118008</t>
+  </si>
+  <si>
+    <t>114692</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Касансайский район  Кукумбой массиви,12-уй</t>
+  </si>
+  <si>
+    <t>ROVUSTON-OBOD FX</t>
+  </si>
+  <si>
+    <t>117224</t>
+  </si>
+  <si>
+    <t>Котел Котел 100 квт твердотопливный</t>
+  </si>
+  <si>
+    <t>Республика Каракалпакстан, Берунийский район, город Беруни, улица Беруни, дом 122/8</t>
+  </si>
+  <si>
+    <t>OLTIN SAODAT ASRI MCHJ</t>
+  </si>
+  <si>
+    <t>118018</t>
+  </si>
+  <si>
+    <t>117980</t>
+  </si>
+  <si>
+    <t>119444</t>
+  </si>
+  <si>
+    <t>г.Нурафшон, МСГ Чирчик, ул.Хакикат</t>
+  </si>
+  <si>
+    <t>BURKHAMPACK TRADE MCHJ</t>
+  </si>
+  <si>
+    <t>117931</t>
+  </si>
+  <si>
+    <t>Юкоричирчикский р-н. Жумабозор МФЙ ул. Шарафшон д.3-б</t>
+  </si>
+  <si>
+    <t>VASLIDDIN ASILBEK ASILA MCHJ</t>
+  </si>
+  <si>
+    <t>116885</t>
+  </si>
+  <si>
+    <t>г. Ташкент, Яшнабадский р-н., ул. Джаркурганская 43.</t>
+  </si>
+  <si>
+    <t>OLTIN TEGIRMON MCHJ</t>
+  </si>
+  <si>
+    <t>117928</t>
+  </si>
+  <si>
+    <t>118017</t>
+  </si>
+  <si>
+    <t>114690</t>
+  </si>
+  <si>
+    <t>Касансайский район Кукумбой массиви,12-уй</t>
+  </si>
+  <si>
+    <t>117927</t>
+  </si>
+  <si>
+    <t>115756</t>
+  </si>
+  <si>
+    <t>Джандарский район, ул. Алели</t>
+  </si>
+  <si>
+    <t>TEXNIK MOSLAMALAR FABRIKASI MCHJ</t>
+  </si>
+  <si>
+    <t>115322</t>
+  </si>
+  <si>
+    <t>Масло хлопковое MUNTOZA рафинированное дезодорированное экстракционное 1-сорта</t>
+  </si>
+  <si>
+    <t>114703</t>
+  </si>
+  <si>
+    <t>г. Ташкент, Яшнабадский р-н,ул. Джаркурганская, 43</t>
+  </si>
+  <si>
+    <t>OLTIN TEGIRMON GROUP MCHJ</t>
+  </si>
+  <si>
+    <t>117987</t>
+  </si>
+  <si>
+    <t>Фаргона шахар, Истиклол кучаси 4-уй</t>
+  </si>
+  <si>
+    <t>MUSLIM OIL MCHJ</t>
+  </si>
+  <si>
+    <t>119114</t>
+  </si>
+  <si>
+    <t>Ташкентская обл., Юкоричирчикский район Бордонкул, ХВАН ТГ. КФЙ. озиковкат омбори худуди</t>
+  </si>
+  <si>
+    <t>OOO SALOHIYATLI MEHNAT</t>
+  </si>
+  <si>
+    <t>114660</t>
+  </si>
+  <si>
+    <t>Urgut tumani, Qorabuloq MFY</t>
+  </si>
+  <si>
+    <t>SAM MILL MCHJ</t>
+  </si>
+  <si>
+    <t>119112</t>
+  </si>
+  <si>
+    <t>119233</t>
+  </si>
+  <si>
+    <t>119110</t>
+  </si>
+  <si>
+    <t>Кормосмесь</t>
+  </si>
+  <si>
+    <t>Самарканд вилояти Жомбой тумани Буюк ипак йули 1 уй</t>
+  </si>
+  <si>
+    <t>JOMBOY DON MAHSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>117991</t>
+  </si>
+  <si>
+    <t>Кизилтепа тумани Вангози МФЙ</t>
+  </si>
+  <si>
+    <t>ZINNUR MAXSULOTLARI OK</t>
+  </si>
+  <si>
+    <t>104520</t>
+  </si>
+  <si>
+    <t>Тиомочевина 99%</t>
+  </si>
+  <si>
+    <t>г.Ташкент Яшнабадский р. ул.Жаркурганская д 43</t>
+  </si>
+  <si>
+    <t>ООО INTERGROUP CIS</t>
+  </si>
+  <si>
+    <t>115207</t>
+  </si>
+  <si>
+    <t>Самаркандская обл. Жамбайский р-н Бюук ипаку йули 1д</t>
+  </si>
+  <si>
+    <t>115176</t>
+  </si>
+  <si>
+    <t>Бухраский обл. Вабкентсий р-н Шакаркетн МФЙ паёлок Оfаве</t>
+  </si>
+  <si>
+    <t>JONIBEK CHORVA PARRANDALARI XK</t>
+  </si>
+  <si>
+    <t>117894</t>
+  </si>
+  <si>
+    <t>Масло хлопковое рафинированное дезодорированное экстракционное прессовое 1-сорта</t>
+  </si>
+  <si>
+    <t>Хужаобод тумани Шахрихонсой МФЙ</t>
+  </si>
+  <si>
+    <t>FAYZ-M HALOL UN VA YOG'LARI MCHJ</t>
+  </si>
+  <si>
+    <t>119505</t>
+  </si>
+  <si>
+    <t>г. Наманган, Шербулок МФЙ, Поликовский куча ,17</t>
+  </si>
+  <si>
+    <t>117891</t>
+  </si>
+  <si>
+    <t>117890</t>
+  </si>
+  <si>
+    <t>Шрот хлопковых семян 2-сорта</t>
+  </si>
+  <si>
+    <t>114670</t>
+  </si>
+  <si>
+    <t>Vobkent tumani, Xalach MFY</t>
+  </si>
+  <si>
+    <t>SOXIB SADAF XK</t>
+  </si>
+  <si>
+    <t>115059</t>
+  </si>
+  <si>
+    <t>Андижанская обль, район Хужаобод, Шахрихонсой</t>
+  </si>
+  <si>
+    <t>119504</t>
+  </si>
+  <si>
+    <t>114673</t>
+  </si>
+  <si>
+    <t>G'ijduvon tumani, Gajdumak MFY, Gajdumak q</t>
+  </si>
+  <si>
+    <t>BUXOROPAXTATRANS MCHJ</t>
+  </si>
+  <si>
     <t>115189</t>
   </si>
   <si>
-    <t>Мука пшеничная хлебопекарная обогащенная витаминно-минеральной смесью 1 сорт</t>
-[...4 lines deleted...]
-  <si>
     <t>Андижанская обль район Асака пром зона Ахтачи</t>
   </si>
   <si>
     <t xml:space="preserve">F O R A L L  T E X T I L E MCHJ</t>
   </si>
   <si>
-    <t>16:00:00 - 16:15:00</t>
-[...203 lines deleted...]
-    <t>Полиэтиленовая труба SDR11 S5 д-630мм</t>
+    <t>119510</t>
+  </si>
+  <si>
+    <t>119456</t>
+  </si>
+  <si>
+    <t>Масло хлопковое BARAKA рафинированное дезодорированное экстракционное высшего сорта</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Qo'qon shaxar Aziz tepa MFY  sariqamish kucasi 115 uy</t>
+  </si>
+  <si>
+    <t>QO_QON BARAKA YOG_ MOY MCHJ</t>
+  </si>
+  <si>
+    <t>118054</t>
+  </si>
+  <si>
+    <t>Кызылтепинский район, Милтикчи</t>
+  </si>
+  <si>
+    <t>ZAMIN-AGRO OIL MCHJ</t>
+  </si>
+  <si>
+    <t>115129</t>
+  </si>
+  <si>
+    <t>Кашкадарё вилояти, Карши шахри, Шайхали кургони, Найман тепа кучаси 5-уй</t>
+  </si>
+  <si>
+    <t>TEGIRMON HOUSE MCHJ</t>
+  </si>
+  <si>
+    <t>118055</t>
+  </si>
+  <si>
+    <t>115249</t>
+  </si>
+  <si>
+    <t>Кашкадарьинская обл г.Карши Шайхали кургони,Олтин бошок к-си</t>
+  </si>
+  <si>
+    <t>DUNYO-M AJ</t>
+  </si>
+  <si>
+    <t>119454</t>
+  </si>
+  <si>
+    <t>119029</t>
+  </si>
+  <si>
+    <t>Сам. вил. Самарканд шахар Зиёкорлар 4</t>
+  </si>
+  <si>
+    <t>OLTIN SAMARQAND BARAKA777 MCHJ</t>
+  </si>
+  <si>
+    <t>118253</t>
+  </si>
+  <si>
+    <t>119455</t>
+  </si>
+  <si>
+    <t>119467</t>
+  </si>
+  <si>
+    <t>115584</t>
+  </si>
+  <si>
+    <t>Сода каустическая чешуированная 98%</t>
+  </si>
+  <si>
+    <t>Касанский район</t>
+  </si>
+  <si>
+    <t>SHAXBOZBEK WHITE STAR MCHJ</t>
+  </si>
+  <si>
+    <t>119466</t>
+  </si>
+  <si>
+    <t>118007</t>
+  </si>
+  <si>
+    <t>Жмых хлопковых семян 1-сорт</t>
+  </si>
+  <si>
+    <t>Кашкадаринская обл Каршинский р-н Пахтазор МФЙ Пахтазор Кишлоги.</t>
+  </si>
+  <si>
+    <t>HONROD INVEST MCHJ XK</t>
+  </si>
+  <si>
+    <t>102723</t>
+  </si>
+  <si>
+    <t>Соль пищевая йодированная высший сорт</t>
+  </si>
+  <si>
+    <t>Андижон ш Найман к 55 уй</t>
+  </si>
+  <si>
+    <t>MO'YNOQ MINERAL TUZI MCHJ</t>
+  </si>
+  <si>
+    <t>119465</t>
+  </si>
+  <si>
+    <t>115247</t>
+  </si>
+  <si>
+    <t>SAMARQANDDONMAHSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>117946</t>
+  </si>
+  <si>
+    <t>Кашкадаринская обл Каршинский р-н Пахтазор МФЙ Пахтазор Кишлоги</t>
+  </si>
+  <si>
+    <t>102722</t>
+  </si>
+  <si>
+    <t>Соль пищевая йодированная экстра</t>
+  </si>
+  <si>
+    <t>Андижон ш Найман к. 55 уй</t>
+  </si>
+  <si>
+    <t>81315</t>
+  </si>
+  <si>
+    <t>Соль техническая</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Андижон  тумани  Найнаво 55</t>
+  </si>
+  <si>
+    <t>119468</t>
+  </si>
+  <si>
+    <t>106423</t>
+  </si>
+  <si>
+    <t>Кирпич периклазохромитовый ПХСУ (ПХС)</t>
+  </si>
+  <si>
+    <t>г.Ташкент Юнусабадский р. ул.Чинабад 8</t>
+  </si>
+  <si>
+    <t>OGNEUPOR MCHJ</t>
+  </si>
+  <si>
+    <t>119044</t>
+  </si>
+  <si>
+    <t>102971</t>
+  </si>
+  <si>
+    <t>Кирпич периклазохромитовый ПХСУ №2 300х150х75</t>
+  </si>
+  <si>
+    <t>119113</t>
+  </si>
+  <si>
+    <t>81432</t>
+  </si>
+  <si>
+    <t>Сухая смесь Tashcast KT17 LCK70 огнеупорная</t>
+  </si>
+  <si>
+    <t>117992</t>
+  </si>
+  <si>
+    <t>114675</t>
+  </si>
+  <si>
+    <t>Сайхунобод тумани Ёшлик кўрғони, Оқолтиндонмахсулотлари АЖ</t>
+  </si>
+  <si>
+    <t>OQ OLTIN DON MAHSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>117845</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Сергелинский р-он ,Нилуфар 77</t>
+  </si>
+  <si>
+    <t>OLIY NE`MAT MAHSULOTLARI MCHJ</t>
+  </si>
+  <si>
+    <t>119111</t>
+  </si>
+  <si>
+    <t>109716</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 20х2,8мм водогазопроводная</t>
   </si>
   <si>
     <t>погон.метр</t>
   </si>
   <si>
-    <t xml:space="preserve">Цех Каршитермопласт, Бешкентское шоссе     3км, город Карши</t>
-[...35 lines deleted...]
-    <t xml:space="preserve">Изделия тепло и звукоизоляционные минераловатные KNAUFINSULATION ПРОФ TR040.100х1200х10000мм  493 m3 Изделия тепло и звукоизоляционные минераловатные KNAUFINSULATION ПРОФ TR040.100х1200х10000мм  493 m3 10000 рулон рулон 1</t>
+    <t>Тошкент шахри, Сергели тумани, Хонабод 1уй. ”Марказий” ДМ</t>
+  </si>
+  <si>
+    <t>O‘ZBEKISTON RESPUBLIKASI IQTISODIYOT VA MOLIYA VAZIRLIGI HUZURIDAGI DAVLAT ZAXIRALARINI BO DM</t>
+  </si>
+  <si>
+    <t>118043</t>
+  </si>
+  <si>
+    <t>Ксантогенат калия бутиловый 91,5% ГРАНУЛЫ</t>
+  </si>
+  <si>
+    <t>г.Навои</t>
+  </si>
+  <si>
+    <t>ZARISHO MINING TRADE MCHJ</t>
+  </si>
+  <si>
+    <t>109315</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 48х3,2мм</t>
+  </si>
+  <si>
+    <t>Qashqadaryo vil.Qarshi shahri nasaf ko`cahsi -4 "Janubiy"DM</t>
+  </si>
+  <si>
+    <t>109207</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 102х3мм</t>
+  </si>
+  <si>
+    <t>109545</t>
+  </si>
+  <si>
+    <t>Лигносульфонат технический порошкообразный</t>
+  </si>
+  <si>
+    <t>109226</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 76х3,5мм</t>
+  </si>
+  <si>
+    <t>109206</t>
+  </si>
+  <si>
+    <t>116376</t>
+  </si>
+  <si>
+    <t>г. Каттакургон Ингичка куча , Саноат зона</t>
+  </si>
+  <si>
+    <t>JASURBEK ZUXRIDDIN MCHJ</t>
+  </si>
+  <si>
+    <t>109358</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 57х3,5мм шовная водогазопроводная</t>
+  </si>
+  <si>
+    <t>Sergili tumani,Xonabod ko`chasi,1-uy "Markaziy"Dm</t>
+  </si>
+  <si>
+    <t>109204</t>
+  </si>
+  <si>
+    <t>Коракалпогистон Республикаси, Нукус шахри, Тахиатош 14а уй. ”Гар6ий” ДМ</t>
+  </si>
+  <si>
+    <t>118228</t>
+  </si>
+  <si>
+    <t>г.Ташкент Олмазор Эски шахар МФЙ, Кук-су кучаси, 47-уй</t>
+  </si>
+  <si>
+    <t>FLOUR ASIA MCHJ</t>
+  </si>
+  <si>
+    <t>115066</t>
+  </si>
+  <si>
+    <t>Самарканд вилояти Нарпай тумани Гулистон МФЙ Ж.Мирзаев кучаси №2.</t>
+  </si>
+  <si>
+    <t>HUMO AGRO PLATINUM FX</t>
+  </si>
+  <si>
+    <t>109314</t>
+  </si>
+  <si>
+    <t>Toshkeent shahri Sergili tumani Xonabood 1-uy"Markaziy"DM</t>
+  </si>
+  <si>
+    <t>105522</t>
+  </si>
+  <si>
+    <t>Поковка цапфа МШЦ 55х85 разгрузочная кованная стальная</t>
+  </si>
+  <si>
+    <t>IMPORT GROUP SYSTEM MCHJ</t>
+  </si>
+  <si>
+    <t>109316</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 32х3,2мм</t>
+  </si>
+  <si>
+    <t>Kopa(annorncrou Pecny6n rrKacn, Hyryc tu&amp;XpH, ' Taxuarour l4ayfi. ;'fap6nfi" AM</t>
+  </si>
+  <si>
+    <t>105523</t>
+  </si>
+  <si>
+    <t>Поковка цапфа МШЦ 55х85 загрузочная кованая стальная</t>
+  </si>
+  <si>
+    <t>115240</t>
+  </si>
+  <si>
+    <t>Самарканд вилояти Пастдаргом тумани Фитрат кучаси 2-уй АЖ "Жума Элеватор"</t>
+  </si>
+  <si>
+    <t>JUMA ELEVATORI AJ</t>
+  </si>
+  <si>
+    <t>109225</t>
+  </si>
+  <si>
+    <t>Qashqadaryo viloyati qarshi sh,nasaf ko`chasi ,4 "Janubiy Dm"</t>
+  </si>
+  <si>
+    <t>106410</t>
+  </si>
+  <si>
+    <t>Поковка цапфа ММС 70х23 разгрузочная кованная стальная</t>
+  </si>
+  <si>
+    <t>109203</t>
+  </si>
+  <si>
+    <t>109224</t>
+  </si>
+  <si>
+    <t>115642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сам обл.Нарпай р-н ул Ж.Мирзаева 2 АО «Октош дон» склад ТМО. </t>
+  </si>
+  <si>
+    <t>UNIVERSAL KEY 1962 MCHJ</t>
+  </si>
+  <si>
+    <t>117993</t>
+  </si>
+  <si>
+    <t>Янгийул р-н , Навруз № 93</t>
+  </si>
+  <si>
+    <t>ZOLOTOE-SOLNCE MCHJ</t>
+  </si>
+  <si>
+    <t>109202</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 25х3,2мм</t>
+  </si>
+  <si>
+    <t>106409</t>
+  </si>
+  <si>
+    <t>Поковка цапфа ММС 70х23 загрузочная кованная стальная</t>
+  </si>
+  <si>
+    <t>109201</t>
+  </si>
+  <si>
+    <t>115641</t>
+  </si>
+  <si>
+    <t>STANDARD TRANSPORTATION MCHJ</t>
+  </si>
+  <si>
+    <t>116460</t>
+  </si>
+  <si>
+    <t>Масло хлопковое рафинированное дезодорированное прессовое высший сорт</t>
+  </si>
+  <si>
+    <t>Янгийул район , ул Навруз №93</t>
+  </si>
+  <si>
+    <t>109200</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 20х2,8мм</t>
+  </si>
+  <si>
+    <t>115295</t>
+  </si>
+  <si>
+    <t>Яшнобадский р-н, Элбек-37</t>
+  </si>
+  <si>
+    <t>ALTEG DON-24 MCHJ</t>
+  </si>
+  <si>
+    <t>109199</t>
+  </si>
+  <si>
+    <t>117833</t>
+  </si>
+  <si>
+    <t>Поковка 40ХН2МА 13879</t>
+  </si>
+  <si>
+    <t>117979</t>
+  </si>
+  <si>
+    <t>Самаркандская обл. г Джамбай ул. Самаркандская 23А</t>
+  </si>
+  <si>
+    <t>STANDARD SAMARKAND BUSINESS MCHJ</t>
+  </si>
+  <si>
+    <t>114707</t>
+  </si>
+  <si>
+    <t>Narpay tumani, J. Mirzaev 37</t>
+  </si>
+  <si>
+    <t>OQTOSH DON AJ</t>
+  </si>
+  <si>
+    <t>109197</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 15х2,8мм</t>
+  </si>
+  <si>
+    <t>117832</t>
+  </si>
+  <si>
+    <t>Поковка 40ХН2МА 13768</t>
+  </si>
+  <si>
+    <t>109196</t>
+  </si>
+  <si>
+    <t>117977</t>
+  </si>
+  <si>
+    <t>Шелуха хлопковых семян 1-сорт</t>
+  </si>
+  <si>
+    <t>118119</t>
+  </si>
+  <si>
+    <t>Ташкентский р-н, Юкори чирчикский р-н, ул. Бахор 3-дом</t>
+  </si>
+  <si>
+    <t>THEBESTOILGROUP MCHJ</t>
+  </si>
+  <si>
+    <t>118105</t>
+  </si>
+  <si>
+    <t>Богот тумани Кулон корабог кишлоги</t>
+  </si>
+  <si>
+    <t>BOG'OT DON AJ</t>
+  </si>
+  <si>
+    <t>109198</t>
+  </si>
+  <si>
+    <t>119493</t>
+  </si>
+  <si>
+    <t>К-кургон туман Алижон МФЙ</t>
+  </si>
+  <si>
+    <t>ASL KATTAQO`RGAN YOG`-YEM MCHJ</t>
+  </si>
+  <si>
+    <t>109208</t>
+  </si>
+  <si>
+    <t>Труба стальная ВГП 15х2,1мм</t>
+  </si>
+  <si>
+    <t>114739</t>
+  </si>
+  <si>
+    <t>Пиломатериалы из хвойных пород обрезной нестроганная сосна</t>
   </si>
   <si>
     <t>куб.метр</t>
   </si>
   <si>
-    <t>Г. Тошкент Алмазарской р-он улица Широк 100/1</t>
-[...68 lines deleted...]
-    <t>МОТОПОМПА ПОЖАРНАЯ БЕНЗИНОВАЯ МПБВ- 50 (тип сделки-форвард)"SANY BUTLASH QURILISH HAMKOR" MCHJ</t>
+    <t xml:space="preserve">г.ТашкентУчтепинский р-н    Z.ROZIY кучаси 3-тор , 27-уй </t>
+  </si>
+  <si>
+    <t>LISSATEX DESIGN MAS_ULIYATI CHEKLANGAN JAMIYAT</t>
+  </si>
+  <si>
+    <t>114897</t>
+  </si>
+  <si>
+    <t>Ташкентская область Аккурганский район, Жагалбайли ссг, ул.Жагалбайли.</t>
+  </si>
+  <si>
+    <t>EAST OSIYO MCHJ</t>
+  </si>
+  <si>
+    <t>114685</t>
+  </si>
+  <si>
+    <t>Богот тумани Кулонукорабог кишлоги</t>
+  </si>
+  <si>
+    <t>109209</t>
+  </si>
+  <si>
+    <t>103190</t>
+  </si>
+  <si>
+    <t>Сода пищевая бикарбонат натрия</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бухарская область, Пешкунский р-н, мсг  Садир </t>
+  </si>
+  <si>
+    <t>MASTER BROTHER MCHJ</t>
+  </si>
+  <si>
+    <t>117831</t>
+  </si>
+  <si>
+    <t>Масло композиционное COP-C3T12</t>
+  </si>
+  <si>
+    <t>117830</t>
+  </si>
+  <si>
+    <t>Эмульгатор CPH03810 полимерный</t>
+  </si>
+  <si>
+    <t>116872</t>
+  </si>
+  <si>
+    <t>Феррохром ФХ100 50-200 мм содержание хрома 68,2%</t>
+  </si>
+  <si>
+    <t>118193</t>
+  </si>
+  <si>
+    <t>Шурчинский район, махаля Бкнёдкор</t>
+  </si>
+  <si>
+    <t>BARAKA O_SIMLIK YOG_I MCHJ</t>
+  </si>
+  <si>
+    <t>118183</t>
+  </si>
+  <si>
+    <t>112415</t>
+  </si>
+  <si>
+    <t>Поковка 38ХГН 17574</t>
+  </si>
+  <si>
+    <t>118184</t>
+  </si>
+  <si>
+    <t>112414</t>
+  </si>
+  <si>
+    <t>Поковка 34XH1M 17596</t>
+  </si>
+  <si>
+    <t>112413</t>
+  </si>
+  <si>
+    <t>Поковка 40XH2MA 15757</t>
+  </si>
+  <si>
+    <t>117587</t>
+  </si>
+  <si>
+    <t>Бухарская область Пешкунский район Пешку МФЙ</t>
+  </si>
+  <si>
+    <t>PESHKU AGROKLASTER YOG` MOY MCHJ</t>
+  </si>
+  <si>
+    <t>117918</t>
+  </si>
+  <si>
+    <t>Хорезмская область, Ханкинский р-н, село Сарапаен, ул. Мустакиллик, дом 4/22</t>
+  </si>
+  <si>
+    <t>XORAZM TEX MCHJ</t>
   </si>
   <si>
     <t>114697</t>
   </si>
   <si>
     <t>Жиззах вилояти Эркин иктисодий худуди</t>
   </si>
   <si>
     <t>JAVHAR FLOUR TRADE MCHJ</t>
   </si>
   <si>
-    <t>116234</t>
-[...8 lines deleted...]
-    <t>КНОПКА ВЫЗОВА ТРЕВОГИ В ЗОНЕ ВХОДА (тип сделки-форвард)"SANY BUTLASH QURILISH HAMKOR" MCHJ</t>
+    <t>112409</t>
+  </si>
+  <si>
+    <t>Поковка 34XH1MA 22461</t>
+  </si>
+  <si>
+    <t>117916</t>
   </si>
   <si>
     <t>114687</t>
   </si>
   <si>
-    <t>116247</t>
-[...233 lines deleted...]
-    <t>Кабель ПУНП 3х2,5</t>
+    <t>117879</t>
+  </si>
+  <si>
+    <t>Гиждуванский р., с. Позагари</t>
+  </si>
+  <si>
+    <t>G`IJDUVON AGROKLASTER YOG` MOY MCHJ</t>
+  </si>
+  <si>
+    <t>114984</t>
+  </si>
+  <si>
+    <t>Наманганская область, Чартакский район, улица А.Навоий, 16</t>
+  </si>
+  <si>
+    <t>MAX IZMAILOV MCHJ</t>
+  </si>
+  <si>
+    <t>117878</t>
+  </si>
+  <si>
+    <t>112408</t>
+  </si>
+  <si>
+    <t>Поковка марка стали 34ХН1М 17528</t>
+  </si>
+  <si>
+    <t>105402</t>
+  </si>
+  <si>
+    <t>Отработанное молекулярное сито</t>
+  </si>
+  <si>
+    <t>Республика Узбекистан, Кашкадарьинская обл., Нишанский р-н, завод ООО «Uzbekistan GTL»</t>
+  </si>
+  <si>
+    <t>UZBEKISTAN GTL MCHJ</t>
+  </si>
+  <si>
+    <t>107883</t>
+  </si>
+  <si>
+    <t>Отработанный цеолит</t>
+  </si>
+  <si>
+    <t>119452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хоразм вилояти Хонка тумани Мулла ёп кучаси  64 уй</t>
+  </si>
+  <si>
+    <t>XONQA DON MAXSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>114686</t>
+  </si>
+  <si>
+    <t>Чорток тумани А.Навоий кучаси 16-уй</t>
+  </si>
+  <si>
+    <t>110571</t>
+  </si>
+  <si>
+    <t>Поковка Круг марка ст 35ХМ 16241</t>
+  </si>
+  <si>
+    <t>114681</t>
+  </si>
+  <si>
+    <t>Ханкинский р-н., ул., Мулла-Ёп, 64.</t>
+  </si>
+  <si>
+    <t>110570</t>
+  </si>
+  <si>
+    <t>Поковка 34ХМ1МА 17602/13771</t>
+  </si>
+  <si>
+    <t>110569</t>
+  </si>
+  <si>
+    <t>Поковка Цапфа 13772</t>
+  </si>
+  <si>
+    <t>118141</t>
+  </si>
+  <si>
+    <t>114852</t>
+  </si>
+  <si>
+    <t>Бухарская обл., Караулбазарский район Jarqoq QFY</t>
+  </si>
+  <si>
+    <t>UMID JARQOQ DON MCHJ</t>
+  </si>
+  <si>
+    <t>114851</t>
+  </si>
+  <si>
+    <t>Ташкентская область, Зангиатинский район, Урта МФЙ, ул.Мустахкам оила №45А.</t>
+  </si>
+  <si>
+    <t>OOO PACK AND FOOD INDUSTRY</t>
+  </si>
+  <si>
+    <t>114831</t>
+  </si>
+  <si>
+    <t>Ферганская область, Учкуприкский район, СМК Олтин водий, Промзона Какир, дом №40.</t>
+  </si>
+  <si>
+    <t>OOO KHAYAT MILL GROUP</t>
+  </si>
+  <si>
+    <t>114923</t>
+  </si>
+  <si>
+    <t>Ферганская область, г. Коканд, ул. Кудуклик №27.</t>
+  </si>
+  <si>
+    <t>QUQON DON MCHJ</t>
+  </si>
+  <si>
+    <t>118061</t>
+  </si>
+  <si>
+    <t>109217</t>
+  </si>
+  <si>
+    <t>Ионообменная смола D201U</t>
+  </si>
+  <si>
+    <t>ООО DIRECT IMPORTS</t>
+  </si>
+  <si>
+    <t>107834</t>
+  </si>
+  <si>
+    <t>Глет свинцовый PbO 99,5%</t>
+  </si>
+  <si>
+    <t>115225</t>
+  </si>
+  <si>
+    <t>г. Навои, Имом Ал-Бухорий кучасида жойлашган база биноси</t>
+  </si>
+  <si>
+    <t>AGRO-MILLTECH MCHJ</t>
+  </si>
+  <si>
+    <t>118062</t>
+  </si>
+  <si>
+    <t>114842</t>
+  </si>
+  <si>
+    <t>Ферганская область, Учкуприкский район, СГС Кенагас.</t>
+  </si>
+  <si>
+    <t>OOO ADMIRAL GROUP</t>
+  </si>
+  <si>
+    <t>114911</t>
+  </si>
+  <si>
+    <t>Республика Каракалпакстан Турткульский район Уллибог ОФЙ</t>
+  </si>
+  <si>
+    <t>TURTKUL PAXTA TOLA AGROKLASTER MCHJ</t>
+  </si>
+  <si>
+    <t>115636</t>
+  </si>
+  <si>
+    <t>Кончилар МФЙ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLTIN   DON  INVEST MCHJ</t>
+  </si>
+  <si>
+    <t>114705</t>
+  </si>
+  <si>
+    <t>Мука пшеничная TANXO 1 сорт</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Учкуприкский р-н. Свободно-Экономическая Зона КОКАНД</t>
+  </si>
+  <si>
+    <t>QUANTITY CLASS MCHJ</t>
+  </si>
+  <si>
+    <t>114706</t>
+  </si>
+  <si>
+    <t>Тошкент вилояти Оккоргон тумани Завод кучаси</t>
+  </si>
+  <si>
+    <t>JBS7 MCHJ</t>
+  </si>
+  <si>
+    <t>118135</t>
+  </si>
+  <si>
+    <t>Тойлок тумани Кургонча кишлоги</t>
+  </si>
+  <si>
+    <t>PET AGRO OIL MCHJ QK</t>
+  </si>
+  <si>
+    <t>114704</t>
+  </si>
+  <si>
+    <t>Учкуприкский р-н. Свободно-Экономическая Зона КОКАНД</t>
+  </si>
+  <si>
+    <t>115269</t>
+  </si>
+  <si>
+    <t>Бухарская область, Каракульский район, Регихайдар МФЙ</t>
+  </si>
+  <si>
+    <t>SULAYMON NAFOSAT FAYZ MCHJ</t>
+  </si>
+  <si>
+    <t>118134</t>
+  </si>
+  <si>
+    <t>114676</t>
+  </si>
+  <si>
+    <t>Бухарская обл. Каганский район ул. Турон</t>
+  </si>
+  <si>
+    <t>ZARHAL ELEGANT MCHJ</t>
+  </si>
+  <si>
+    <t>109715</t>
+  </si>
+  <si>
+    <t>Битум БНД 50/70</t>
+  </si>
+  <si>
+    <t>РУз, г. Жиззах</t>
+  </si>
+  <si>
+    <t>BEST BITUM MCHJ XK</t>
+  </si>
+  <si>
+    <t>117969</t>
+  </si>
+  <si>
+    <t>Tayloq tumani, Qurgoncha qishlogi</t>
+  </si>
+  <si>
+    <t>114888</t>
+  </si>
+  <si>
+    <t>Навоий вилояти Навоий шахар, Бинокор МФЙ, С.Айний кучаси 321</t>
+  </si>
+  <si>
+    <t>ADIZBOBO FX</t>
+  </si>
+  <si>
+    <t>117851</t>
+  </si>
+  <si>
+    <t>Наманганская обл., Уйчинский р-н</t>
+  </si>
+  <si>
+    <t>IDEAL-OIL TRADE MCHJ</t>
+  </si>
+  <si>
+    <t>116633</t>
+  </si>
+  <si>
+    <t>Рис Лазер длиннозернистая высшего сорта</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сырдарьинская область, Сырдарьинский район, МФЙ Улугбек, Малая Пром зона.              </t>
+  </si>
+  <si>
+    <t>MILLIY RICE MCHJ</t>
+  </si>
+  <si>
+    <t>116632</t>
+  </si>
+  <si>
+    <t>Рис аланга среднезернистый высшего сорта</t>
+  </si>
+  <si>
+    <t>Сырдарьинская область, Сырдарьинский район, МФЙ Улугбек, Малая Пром зона.</t>
+  </si>
+  <si>
+    <t>117882</t>
+  </si>
+  <si>
+    <t>Уйчи тумани Янги хаёт МФЙ</t>
+  </si>
+  <si>
+    <t>117883</t>
+  </si>
+  <si>
+    <t>114693</t>
+  </si>
+  <si>
+    <t>РК Ходжейлийский район Сары Шунгул ОФЙ</t>
+  </si>
+  <si>
+    <t>XOJELI UN MAXSULOTLARI MCHJ</t>
+  </si>
+  <si>
+    <t>117888</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сирдарё вилояти ховос тусвни Тичлик МФЙ Табассум кучаси 1 уй </t>
+  </si>
+  <si>
+    <t>XOVOS DON MAXSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>119363</t>
+  </si>
+  <si>
+    <t>Смазка солидол жировой</t>
+  </si>
+  <si>
+    <t>Сергелийский район, ул. Кумарык, дом 24</t>
+  </si>
+  <si>
+    <t>MEXANIC LUB MCHJ</t>
+  </si>
+  <si>
+    <t>119082</t>
+  </si>
+  <si>
+    <t>Мука пшеничная высшего сорта</t>
+  </si>
+  <si>
+    <t>Samarqand shahar, Farxod qurgoni</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAZZAT  FEED MCHJ</t>
+  </si>
+  <si>
+    <t>114720</t>
+  </si>
+  <si>
+    <t>Сирдарё вилояти Ховос тумани Тичлик МФЙ Табассум Кучаси 1уй</t>
+  </si>
+  <si>
+    <t>119022</t>
+  </si>
+  <si>
+    <t>Мука пшеничная хлебопекарная высшего сорта</t>
+  </si>
+  <si>
+    <t>г.Ташкент улица Уста Ширин 136</t>
+  </si>
+  <si>
+    <t>BASHINVESTTRADE MCHJ</t>
+  </si>
+  <si>
+    <t>109867</t>
+  </si>
+  <si>
+    <t>Труба Composit FH-300.1.0.1 10м</t>
+  </si>
+  <si>
+    <t>г.Ташкент, ул.Фергана йули, 7 тупик</t>
+  </si>
+  <si>
+    <t>GORTEXSNAB MCHJ</t>
+  </si>
+  <si>
+    <t>100776</t>
+  </si>
+  <si>
+    <t>Труба Composit RF-245710.01.100 (РШН-245-10-Ш-У)</t>
+  </si>
+  <si>
+    <t>115696</t>
+  </si>
+  <si>
+    <t>Труба Composit FH-102.1.0.1 10м</t>
+  </si>
+  <si>
+    <t>100632</t>
+  </si>
+  <si>
+    <t>Труба Composit FH-273.1.0.1</t>
+  </si>
+  <si>
+    <t>105125</t>
+  </si>
+  <si>
+    <t>Труба Composit FH-133.1.0.2</t>
+  </si>
+  <si>
+    <t>105054</t>
+  </si>
+  <si>
+    <t>Труба Composit, FH-402.1.0.2</t>
+  </si>
+  <si>
+    <t>119024</t>
+  </si>
+  <si>
+    <t>Труба Composit FH-159.1.0.1 10м</t>
+  </si>
+  <si>
+    <t>119025</t>
+  </si>
+  <si>
+    <t>Труба Composit FH-100.1.0.1 10м</t>
+  </si>
+  <si>
+    <t>81564</t>
+  </si>
+  <si>
+    <t>Свинец азотнокислый</t>
+  </si>
+  <si>
+    <t>117889</t>
+  </si>
+  <si>
+    <t>Кормосмесь К.Р.С спец корм обогащенная пшеница</t>
+  </si>
+  <si>
+    <t>Жиззах вилояти Дустлик тумани Санотчилар МФЙ,Саноат 49 уй</t>
+  </si>
+  <si>
+    <t>DO`STLIK DON MAHSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>114674</t>
+  </si>
+  <si>
+    <t>Олот тумани Арабхона МФЙ</t>
+  </si>
+  <si>
+    <t>OLOT HAJ TEKS MCHJ</t>
+  </si>
+  <si>
+    <t>107580</t>
+  </si>
+  <si>
+    <t>Катализатор Б</t>
+  </si>
+  <si>
+    <t>г.Ташкент, Яккасарайский р-н, ул.А.Каххор</t>
+  </si>
+  <si>
+    <t>ZAMIN SWISS MCHJ</t>
+  </si>
+  <si>
+    <t>107581</t>
+  </si>
+  <si>
+    <t>Катализатор А</t>
+  </si>
+  <si>
+    <t>104021</t>
+  </si>
+  <si>
+    <t>Диатомовая земля ZBS600</t>
+  </si>
+  <si>
+    <t>104022</t>
+  </si>
+  <si>
+    <t>Тетраборат натрия бура техническая безводная</t>
+  </si>
+  <si>
+    <t>118025</t>
+  </si>
+  <si>
+    <t>114719</t>
+  </si>
+  <si>
+    <t>117978</t>
+  </si>
+  <si>
+    <t>114715</t>
+  </si>
+  <si>
+    <t>Мука пшеничная обогащенная витаминно-минеральной смесью высший сорт</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samarqand shahar, Farxod qo‘rg'oni  </t>
+  </si>
+  <si>
+    <t>TALIBARZU BUNYOD MCHJ</t>
+  </si>
+  <si>
+    <t>114737</t>
+  </si>
+  <si>
+    <t>Мука пшеничная "Учкургондонмахсулотлари" АЖ обогащенная витаминно-минеральной смесью 1 сорт</t>
+  </si>
+  <si>
+    <t>Наманганская обл. Учкурганский район. Ул.П.Турсун дом 1</t>
+  </si>
+  <si>
+    <t>UCHQO'RG'ONDONMAXSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>114709</t>
+  </si>
+  <si>
+    <t>Яккабог тумани Юксалиш куч. 1 уй</t>
+  </si>
+  <si>
+    <t>QAMASHI DON QABUL QILISH MAS`ULIYATI CHEKLANGAN JAMIYATI</t>
+  </si>
+  <si>
+    <t>115415</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Жиззах вилояти Зарбдор тумани Равот МФЙ Турон Замин кучаси  (MIRAMILLER M.Ch.J.)</t>
+  </si>
+  <si>
+    <t>MIRAMILLER M.CH.J</t>
+  </si>
+  <si>
+    <t>114738</t>
+  </si>
+  <si>
+    <t>Зарбдарский район, мах. Равот</t>
+  </si>
+  <si>
+    <t>115019</t>
+  </si>
+  <si>
+    <t>Хорезмская область, Гурланский р-н., село Вазир</t>
+  </si>
+  <si>
+    <t>O`RAZBOY O`G`ILJON MCHJ</t>
+  </si>
+  <si>
+    <t>114723</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Турткульский район  Уллубог ОФЙ Сазавор  улица 40А дом</t>
+  </si>
+  <si>
+    <t>ООО ILYOSBEK NILUFAR BEXRUZ</t>
+  </si>
+  <si>
+    <t>117937</t>
+  </si>
+  <si>
+    <t>Масло хлопковое NIHOL рафинированное, дезодорированное, прессовое высшего сорта</t>
+  </si>
+  <si>
+    <t>Хонка тумани Широк кучаси 3/1</t>
+  </si>
+  <si>
+    <t>JANNATMAKON AGROFIRMASI MCHJ</t>
+  </si>
+  <si>
+    <t>117331</t>
+  </si>
+  <si>
+    <t>Сода каустическая NaOH 98%</t>
+  </si>
+  <si>
+    <t>Ташкентская обл. г.Янгийул Янгибог МФЙ, улица Маърифат 49</t>
+  </si>
+  <si>
+    <t>NATIONAL ETALON TRADE MCHJ</t>
+  </si>
+  <si>
+    <t>117934</t>
+  </si>
+  <si>
+    <t>118264</t>
+  </si>
+  <si>
+    <t>Куйи Чирчик тумани Дустобод шахри Ибрат МФИ Мухамедкулова кучаси 117 -уй</t>
+  </si>
+  <si>
+    <t>KELAJAK YAXSHI HAYOT UCHUN MCHJ</t>
+  </si>
+  <si>
+    <t>114695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Берунийский район Абай ОФЙ </t>
+  </si>
+  <si>
+    <t>GOLDEN MILL QIYOT MCHJ</t>
+  </si>
+  <si>
+    <t>117933</t>
+  </si>
+  <si>
+    <t>114970</t>
+  </si>
+  <si>
+    <t>Ферганский область,Ташлакский район, Ташлак МФЙ,ул,Довон</t>
+  </si>
+  <si>
+    <t>RIZQ UNI MCHJ</t>
+  </si>
+  <si>
+    <t>115229</t>
+  </si>
+  <si>
+    <t>Ферганский область, Багдадский район,с.Отхона</t>
+  </si>
+  <si>
+    <t>BAGDODDONMAHSULOTLARI AJ</t>
+  </si>
+  <si>
+    <t>102078</t>
+  </si>
+  <si>
+    <t>Полиэтиленовая труба 110х4,2мм напорная трубопроводов питьев водоснабжения</t>
   </si>
   <si>
     <t>метр</t>
   </si>
   <si>
-    <t>114710</t>
-[...1997 lines deleted...]
-    <t xml:space="preserve">Жиззах вилояти Зарбдор тумани Равот МФЙ Турон Замин кучаси  (MIRAMILLER M.Ch.J.)</t>
+    <t>г.Ургенч ул.Ханкинский 148/1</t>
+  </si>
+  <si>
+    <t>URGANCH POLI METAL SERVIS MCHJ</t>
+  </si>
+  <si>
+    <t>115259</t>
+  </si>
+  <si>
+    <t>г.Навои пос.Спутник-3</t>
+  </si>
+  <si>
+    <t>NAVOIYDONMAHSULOTLARI AJ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2709,51 +2436,51 @@
       <bottom style="thin">
         <color rgb="FF000000" tint="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I322"/>
+  <dimension ref="A1:I306"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="35" customWidth="1"/>
     <col min="6" max="6" width="15" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="20" customWidth="1"/>
     <col min="9" max="9" width="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2769,9306 +2496,8842 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="0">
         <v>100</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="0">
-        <v>400000</v>
+        <v>390000</v>
       </c>
       <c r="F2" s="0">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="I2" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D3" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="0">
+        <v>390000</v>
+      </c>
+      <c r="F3" s="0">
+        <v>300</v>
+      </c>
+      <c r="G3" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="E3" s="0">
-[...5 lines deleted...]
-      <c r="G3" s="0" t="s">
+      <c r="H3" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="H3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="0">
+        <v>100</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="0">
+        <v>360000</v>
+      </c>
+      <c r="F4" s="0">
+        <v>500</v>
+      </c>
+      <c r="G4" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="H4" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="C4" s="0">
-[...16 lines deleted...]
-      </c>
       <c r="I4" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="0">
         <v>100</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E5" s="0">
-        <v>420000</v>
+        <v>388000</v>
       </c>
       <c r="F5" s="0">
-        <v>600</v>
+        <v>2600</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="0">
+        <v>100</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="0">
+        <v>392000</v>
+      </c>
+      <c r="F6" s="0">
+        <v>1000</v>
+      </c>
+      <c r="G6" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="C6" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="H6" s="0" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="C7" s="0">
         <v>100</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="0">
-        <v>420000</v>
+        <v>360000</v>
       </c>
       <c r="F7" s="0">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="G7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="0">
+        <v>100</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="0">
+        <v>400000</v>
+      </c>
+      <c r="F8" s="0">
+        <v>550</v>
+      </c>
+      <c r="G8" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="H8" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C8" s="0">
-[...16 lines deleted...]
-      </c>
       <c r="I8" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="0">
         <v>100</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E9" s="0">
-        <v>420000</v>
+        <v>430000</v>
       </c>
       <c r="F9" s="0">
         <v>600</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="0">
+        <v>100</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="0">
+        <v>420000</v>
+      </c>
+      <c r="F10" s="0">
+        <v>300</v>
+      </c>
+      <c r="G10" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="H10" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="C11" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E11" s="0">
-        <v>400000</v>
+        <v>7000</v>
       </c>
       <c r="F11" s="0">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I11" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C12" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E12" s="0">
-        <v>254500</v>
+        <v>380000</v>
       </c>
       <c r="F12" s="0">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I12" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C13" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E13" s="0">
-        <v>420000</v>
+        <v>16000</v>
       </c>
       <c r="F13" s="0">
-        <v>600</v>
+        <v>3000</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C14" s="0">
         <v>100</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="0">
-        <v>430000</v>
+        <v>420000</v>
       </c>
       <c r="F14" s="0">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I14" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="C15" s="0">
         <v>100</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E15" s="0">
-        <v>400000</v>
+        <v>420000</v>
       </c>
       <c r="F15" s="0">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I15" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C16" s="0">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0">
-        <v>266626</v>
+        <v>420000</v>
       </c>
       <c r="F16" s="0">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0">
         <v>100</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="0">
-        <v>420000</v>
+        <v>330000</v>
       </c>
       <c r="F17" s="0">
-        <v>1400</v>
+        <v>1616</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="I17" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C18" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E18" s="0">
-        <v>54000000</v>
+        <v>460000</v>
       </c>
       <c r="F18" s="0">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="I18" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="C19" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E19" s="0">
-        <v>19000</v>
+        <v>400000</v>
       </c>
       <c r="F19" s="0">
-        <v>500000</v>
+        <v>400</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I19" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C20" s="0">
         <v>1</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E20" s="0">
-        <v>75000</v>
+        <v>3900000</v>
       </c>
       <c r="F20" s="0">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="C21" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E21" s="0">
-        <v>54000000</v>
+        <v>400000</v>
       </c>
       <c r="F21" s="0">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="I21" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C22" s="0">
         <v>1</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="E22" s="0">
-        <v>3008042.1</v>
+        <v>6600000</v>
       </c>
       <c r="F22" s="0">
-        <v>4000</v>
+        <v>65</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>84</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C23" s="0">
         <v>1</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="E23" s="0">
-        <v>32200</v>
+        <v>307000</v>
       </c>
       <c r="F23" s="0">
-        <v>470</v>
+        <v>2500</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I23" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="0">
+        <v>1</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" s="0">
+        <v>595000</v>
+      </c>
+      <c r="F24" s="0">
+        <v>2600</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="H24" s="0" t="s">
         <v>89</v>
-      </c>
-[...19 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I24" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C25" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="E25" s="0">
-        <v>25000</v>
+        <v>385000</v>
       </c>
       <c r="F25" s="0">
-        <v>102</v>
+        <v>400</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C26" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E26" s="0">
-        <v>345000</v>
+        <v>9300000</v>
       </c>
       <c r="F26" s="0">
-        <v>1546</v>
+        <v>27</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C27" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E27" s="0">
-        <v>1200000</v>
+        <v>350000000</v>
       </c>
       <c r="F27" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" s="0">
+        <v>1</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" s="0">
+        <v>2200000</v>
+      </c>
+      <c r="F28" s="0">
+        <v>30</v>
+      </c>
+      <c r="G28" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C28" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="H28" s="0" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C29" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E29" s="0">
-        <v>2049000</v>
+        <v>2000000</v>
       </c>
       <c r="F29" s="0">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C30" s="0">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E30" s="0">
-        <v>1520000</v>
+        <v>366626</v>
       </c>
       <c r="F30" s="0">
-        <v>2</v>
+        <v>400</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="C31" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E31" s="0">
-        <v>860000</v>
+        <v>370000</v>
       </c>
       <c r="F31" s="0">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="I31" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="C32" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E32" s="0">
-        <v>435000</v>
+        <v>410000</v>
       </c>
       <c r="F32" s="0">
-        <v>20</v>
+        <v>350</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="I32" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="C33" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E33" s="0">
-        <v>435000</v>
+        <v>410000</v>
       </c>
       <c r="F33" s="0">
-        <v>3</v>
+        <v>350</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="C34" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E34" s="0">
-        <v>3450</v>
+        <v>380000</v>
       </c>
       <c r="F34" s="0">
-        <v>15000</v>
+        <v>350</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="C35" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E35" s="0">
-        <v>147000</v>
+        <v>424000</v>
       </c>
       <c r="F35" s="0">
-        <v>70</v>
+        <v>1000</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>93</v>
+        <v>128</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>94</v>
+        <v>129</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C36" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E36" s="0">
-        <v>3806000</v>
+        <v>391000</v>
       </c>
       <c r="F36" s="0">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>94</v>
+        <v>133</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="C37" s="0">
         <v>100</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E37" s="0">
-        <v>430000</v>
+        <v>435800</v>
       </c>
       <c r="F37" s="0">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="I37" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="C38" s="0">
         <v>1</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E38" s="0">
-        <v>927000</v>
+        <v>3600000</v>
       </c>
       <c r="F38" s="0">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>93</v>
+        <v>139</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>94</v>
+        <v>140</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="C39" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E39" s="0">
-        <v>191000</v>
+        <v>360000</v>
       </c>
       <c r="F39" s="0">
-        <v>6</v>
+        <v>500</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>93</v>
+        <v>142</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>94</v>
+        <v>143</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>129</v>
+        <v>144</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="C40" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E40" s="0">
-        <v>406000</v>
+        <v>5300000</v>
       </c>
       <c r="F40" s="0">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="I40" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="C41" s="0">
         <v>1</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E41" s="0">
-        <v>927000</v>
+        <v>90000</v>
       </c>
       <c r="F41" s="0">
-        <v>4</v>
+        <v>1100</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>93</v>
+        <v>139</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>94</v>
+        <v>140</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="C42" s="0">
         <v>100</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E42" s="0">
-        <v>400000</v>
+        <v>320000</v>
       </c>
       <c r="F42" s="0">
-        <v>500</v>
+        <v>2425</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="C43" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="0">
-        <v>683200</v>
+        <v>380000</v>
       </c>
       <c r="F43" s="0">
-        <v>2000</v>
+        <v>350</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>138</v>
+        <v>153</v>
       </c>
       <c r="I43" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="C44" s="0">
         <v>1</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E44" s="0">
-        <v>200000</v>
+        <v>4536000</v>
       </c>
       <c r="F44" s="0">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>94</v>
+        <v>157</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>142</v>
+        <v>159</v>
       </c>
       <c r="C45" s="0">
         <v>1</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E45" s="0">
-        <v>126000</v>
+        <v>3000</v>
       </c>
       <c r="F45" s="0">
-        <v>18</v>
+        <v>100000</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>93</v>
+        <v>160</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="C46" s="0">
         <v>1</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E46" s="0">
-        <v>126000</v>
+        <v>2000</v>
       </c>
       <c r="F46" s="0">
-        <v>4</v>
+        <v>100000</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>93</v>
+        <v>160</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="C47" s="0">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E47" s="0">
-        <v>181000</v>
+        <v>955500</v>
       </c>
       <c r="F47" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>93</v>
+        <v>165</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>94</v>
+        <v>166</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>148</v>
+        <v>20</v>
       </c>
       <c r="C48" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E48" s="0">
-        <v>4000000</v>
+        <v>380000</v>
       </c>
       <c r="F48" s="0">
-        <v>6</v>
+        <v>350</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>149</v>
+        <v>168</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>150</v>
+        <v>169</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>151</v>
+        <v>170</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="C49" s="0">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E49" s="0">
-        <v>32000</v>
+        <v>400000</v>
       </c>
       <c r="F49" s="0">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>154</v>
+        <v>172</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>156</v>
+        <v>48</v>
       </c>
       <c r="C50" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E50" s="0">
-        <v>181000</v>
+        <v>340000</v>
       </c>
       <c r="F50" s="0">
-        <v>166</v>
+        <v>1000</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>93</v>
+        <v>174</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>94</v>
+        <v>175</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C51" s="0">
         <v>100</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E51" s="0">
-        <v>390000</v>
+        <v>380000</v>
       </c>
       <c r="F51" s="0">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="C52" s="0">
         <v>1</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E52" s="0">
-        <v>2050000</v>
+        <v>20000000</v>
       </c>
       <c r="F52" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>93</v>
+        <v>181</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>94</v>
+        <v>182</v>
       </c>
       <c r="I52" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>162</v>
+        <v>183</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>163</v>
+        <v>184</v>
       </c>
       <c r="C53" s="0">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E53" s="0">
-        <v>70000</v>
+        <v>655500</v>
       </c>
       <c r="F53" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>154</v>
+        <v>186</v>
       </c>
       <c r="I53" s="0" t="s">
-        <v>77</v>
+        <v>187</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="C54" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E54" s="0">
-        <v>388000</v>
+        <v>412500</v>
       </c>
       <c r="F54" s="0">
-        <v>500</v>
+        <v>34</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>168</v>
+        <v>186</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>170</v>
+        <v>191</v>
       </c>
       <c r="C55" s="0">
         <v>1</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E55" s="0">
-        <v>1610000</v>
+        <v>295000</v>
       </c>
       <c r="F55" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>93</v>
+        <v>185</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
       <c r="I55" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>171</v>
+        <v>192</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>166</v>
+        <v>193</v>
       </c>
       <c r="C56" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E56" s="0">
-        <v>392000</v>
+        <v>275800</v>
       </c>
       <c r="F56" s="0">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="C57" s="0">
         <v>1</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E57" s="0">
-        <v>600</v>
+        <v>950500</v>
       </c>
       <c r="F57" s="0">
-        <v>200000</v>
+        <v>2</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>154</v>
+        <v>186</v>
       </c>
       <c r="I57" s="0" t="s">
-        <v>77</v>
+        <v>187</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="C58" s="0">
         <v>1</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E58" s="0">
-        <v>5950000</v>
+        <v>13000</v>
       </c>
       <c r="F58" s="0">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>93</v>
+        <v>185</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>94</v>
+        <v>186</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>30</v>
+        <v>199</v>
       </c>
       <c r="C59" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E59" s="0">
-        <v>394000</v>
+        <v>560000</v>
       </c>
       <c r="F59" s="0">
-        <v>350</v>
+        <v>27</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>182</v>
+        <v>200</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>183</v>
+        <v>201</v>
       </c>
       <c r="C60" s="0">
         <v>1</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E60" s="0">
-        <v>4000</v>
+        <v>8650500</v>
       </c>
       <c r="F60" s="0">
-        <v>20000</v>
+        <v>2</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C61" s="0">
+        <v>1</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="E61" s="0">
+        <v>1650000</v>
+      </c>
+      <c r="F61" s="0">
+        <v>25</v>
+      </c>
+      <c r="G61" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="H61" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="B61" s="0" t="s">
-[...14 lines deleted...]
-      <c r="G61" s="0" t="s">
+      <c r="I61" s="0" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="C62" s="0">
         <v>1</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E62" s="0">
-        <v>3900000</v>
+        <v>785500</v>
       </c>
       <c r="F62" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C63" s="0">
         <v>1</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E63" s="0">
-        <v>18800</v>
+        <v>950500</v>
       </c>
       <c r="F63" s="0">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="C64" s="0">
         <v>1</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E64" s="0">
-        <v>13900</v>
+        <v>410000</v>
       </c>
       <c r="F64" s="0">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I64" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C65" s="0">
         <v>1</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E65" s="0">
-        <v>11200</v>
+        <v>13000</v>
       </c>
       <c r="F65" s="0">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="C66" s="0">
         <v>1</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E66" s="0">
-        <v>1370</v>
+        <v>1385000</v>
       </c>
       <c r="F66" s="0">
-        <v>838</v>
+        <v>1</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="C67" s="0">
         <v>1</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E67" s="0">
-        <v>855</v>
+        <v>1385000</v>
       </c>
       <c r="F67" s="0">
-        <v>16239</v>
+        <v>8</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I67" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>53</v>
+        <v>201</v>
       </c>
       <c r="C68" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E68" s="0">
-        <v>380000</v>
+        <v>8650500</v>
       </c>
       <c r="F68" s="0">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="C69" s="0">
         <v>1</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E69" s="0">
-        <v>610</v>
+        <v>560000</v>
       </c>
       <c r="F69" s="0">
-        <v>16102</v>
+        <v>27</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="C70" s="0">
         <v>1</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>209</v>
+        <v>99</v>
       </c>
       <c r="E70" s="0">
-        <v>14430</v>
+        <v>13000</v>
       </c>
       <c r="F70" s="0">
-        <v>3334</v>
+        <v>27</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="C71" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E71" s="0">
-        <v>436000</v>
+        <v>1450000</v>
       </c>
       <c r="F71" s="0">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>211</v>
+        <v>185</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>212</v>
+        <v>186</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>14</v>
+        <v>187</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C72" s="0">
         <v>1</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>209</v>
+        <v>99</v>
       </c>
       <c r="E72" s="0">
-        <v>4155</v>
+        <v>410000</v>
       </c>
       <c r="F72" s="0">
-        <v>265</v>
+        <v>6</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="I72" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>216</v>
+        <v>36</v>
       </c>
       <c r="C73" s="0">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E73" s="0">
-        <v>24150</v>
+        <v>350000</v>
       </c>
       <c r="F73" s="0">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>190</v>
+        <v>220</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>218</v>
+        <v>20</v>
       </c>
       <c r="C74" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E74" s="0">
-        <v>15435</v>
+        <v>450000</v>
       </c>
       <c r="F74" s="0">
-        <v>132</v>
+        <v>1000</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>190</v>
+        <v>223</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>191</v>
+        <v>224</v>
       </c>
       <c r="I74" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>220</v>
+        <v>138</v>
       </c>
       <c r="C75" s="0">
         <v>1</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="E75" s="0">
-        <v>200000</v>
+        <v>4500000</v>
       </c>
       <c r="F75" s="0">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>221</v>
+        <v>181</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>222</v>
+        <v>182</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>224</v>
+        <v>48</v>
       </c>
       <c r="C76" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="E76" s="0">
-        <v>83944</v>
+        <v>450000</v>
       </c>
       <c r="F76" s="0">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C77" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="E77" s="0">
-        <v>3600000</v>
+        <v>2100000</v>
       </c>
       <c r="F77" s="0">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>230</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>231</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="C78" s="0">
         <v>1</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E78" s="0">
-        <v>9129033</v>
+        <v>5500000</v>
       </c>
       <c r="F78" s="0">
-        <v>350</v>
+        <v>5</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>234</v>
+        <v>181</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>235</v>
+        <v>182</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>30</v>
+        <v>234</v>
       </c>
       <c r="C79" s="0">
         <v>100</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E79" s="0">
-        <v>370000</v>
+        <v>2000000</v>
       </c>
       <c r="F79" s="0">
-        <v>824</v>
+        <v>100</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="C80" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E80" s="0">
-        <v>370000</v>
+        <v>16000</v>
       </c>
       <c r="F80" s="0">
-        <v>5550</v>
+        <v>50000</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="I80" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="C81" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E81" s="0">
-        <v>400000</v>
+        <v>3500000</v>
       </c>
       <c r="F81" s="0">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>245</v>
+        <v>231</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>247</v>
+        <v>83</v>
       </c>
       <c r="C82" s="0">
         <v>1</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E82" s="0">
-        <v>72000000</v>
+        <v>6500000</v>
       </c>
       <c r="F82" s="0">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="C83" s="0">
         <v>1</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E83" s="0">
-        <v>7500000</v>
+        <v>17000</v>
       </c>
       <c r="F83" s="0">
-        <v>2</v>
+        <v>27000</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="I83" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="C84" s="0">
         <v>100</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E84" s="0">
-        <v>320000</v>
+        <v>370000</v>
       </c>
       <c r="F84" s="0">
-        <v>2100</v>
+        <v>10000</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>240</v>
+        <v>138</v>
       </c>
       <c r="C85" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E85" s="0">
-        <v>400000</v>
+        <v>4000000</v>
       </c>
       <c r="F85" s="0">
-        <v>1200</v>
+        <v>250</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="C86" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E86" s="0">
-        <v>3419</v>
+        <v>2024000</v>
       </c>
       <c r="F86" s="0">
-        <v>100000</v>
+        <v>149</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>240</v>
+        <v>127</v>
       </c>
       <c r="C87" s="0">
         <v>100</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E87" s="0">
-        <v>400000</v>
+        <v>390000</v>
       </c>
       <c r="F87" s="0">
-        <v>1200</v>
+        <v>150</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="C88" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E88" s="0">
-        <v>3480</v>
+        <v>400000</v>
       </c>
       <c r="F88" s="0">
-        <v>100000</v>
+        <v>1300</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="I88" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="C89" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E89" s="0">
-        <v>380000</v>
+        <v>4000000</v>
       </c>
       <c r="F89" s="0">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="I89" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>240</v>
+        <v>127</v>
       </c>
       <c r="C90" s="0">
         <v>100</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E90" s="0">
-        <v>410000</v>
+        <v>405000</v>
       </c>
       <c r="F90" s="0">
-        <v>1200</v>
+        <v>1300</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="I90" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="C91" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E91" s="0">
-        <v>400000</v>
+        <v>4500000</v>
       </c>
       <c r="F91" s="0">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="I91" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>30</v>
+        <v>108</v>
       </c>
       <c r="C92" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E92" s="0">
-        <v>380000</v>
+        <v>13800</v>
       </c>
       <c r="F92" s="0">
-        <v>1000</v>
+        <v>57000</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="I92" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>281</v>
+        <v>16</v>
       </c>
       <c r="C93" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="E93" s="0">
-        <v>11000</v>
+        <v>436000</v>
       </c>
       <c r="F93" s="0">
-        <v>26</v>
+        <v>500</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>93</v>
+        <v>269</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>94</v>
+        <v>270</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>283</v>
+        <v>127</v>
       </c>
       <c r="C94" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E94" s="0">
-        <v>2600</v>
+        <v>400000</v>
       </c>
       <c r="F94" s="0">
-        <v>983</v>
+        <v>1300</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>284</v>
+        <v>249</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>94</v>
+        <v>272</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>286</v>
+        <v>245</v>
       </c>
       <c r="C95" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="E95" s="0">
-        <v>2400</v>
+        <v>2024000</v>
       </c>
       <c r="F95" s="0">
-        <v>20022</v>
+        <v>440</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>94</v>
+        <v>275</v>
       </c>
       <c r="I95" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>166</v>
+        <v>58</v>
       </c>
       <c r="C96" s="0">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E96" s="0">
-        <v>430000</v>
+        <v>202500</v>
       </c>
       <c r="F96" s="0">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="I96" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>291</v>
+        <v>127</v>
       </c>
       <c r="C97" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E97" s="0">
-        <v>1950</v>
+        <v>460000</v>
       </c>
       <c r="F97" s="0">
-        <v>2612</v>
+        <v>650</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>94</v>
+        <v>281</v>
       </c>
       <c r="I97" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="C98" s="0">
         <v>1</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E98" s="0">
-        <v>3500000</v>
+        <v>4800000</v>
       </c>
       <c r="F98" s="0">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="I98" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="C99" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E99" s="0">
-        <v>450000</v>
+        <v>5500</v>
       </c>
       <c r="F99" s="0">
-        <v>50</v>
+        <v>6063</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>296</v>
+        <v>284</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="I99" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="C100" s="0">
         <v>1</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>209</v>
+        <v>99</v>
       </c>
       <c r="E100" s="0">
-        <v>1700</v>
+        <v>23000000</v>
       </c>
       <c r="F100" s="0">
-        <v>3897</v>
+        <v>2</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>94</v>
+        <v>289</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>301</v>
+        <v>138</v>
       </c>
       <c r="C101" s="0">
         <v>1</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E101" s="0">
-        <v>5000</v>
+        <v>3460800</v>
       </c>
       <c r="F101" s="0">
-        <v>4431</v>
+        <v>121</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>302</v>
+        <v>266</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>303</v>
+        <v>267</v>
       </c>
       <c r="I101" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="C102" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E102" s="0">
-        <v>440000</v>
+        <v>5500000</v>
       </c>
       <c r="F102" s="0">
-        <v>1000</v>
+        <v>77</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>305</v>
+        <v>274</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>306</v>
+        <v>275</v>
       </c>
       <c r="I102" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>308</v>
+        <v>20</v>
       </c>
       <c r="C103" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="E103" s="0">
-        <v>800000</v>
+        <v>430000</v>
       </c>
       <c r="F103" s="0">
-        <v>125</v>
+        <v>350</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>93</v>
+        <v>293</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>94</v>
+        <v>294</v>
       </c>
       <c r="I103" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>310</v>
+        <v>245</v>
       </c>
       <c r="C104" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E104" s="0">
-        <v>67000</v>
+        <v>1748000</v>
       </c>
       <c r="F104" s="0">
-        <v>463</v>
+        <v>90</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="I104" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>314</v>
+        <v>94</v>
       </c>
       <c r="C105" s="0">
         <v>1</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="E105" s="0">
-        <v>720000</v>
+        <v>3800000</v>
       </c>
       <c r="F105" s="0">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="I105" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>318</v>
+        <v>138</v>
       </c>
       <c r="C106" s="0">
         <v>1</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="E106" s="0">
-        <v>685000</v>
+        <v>3800000</v>
       </c>
       <c r="F106" s="0">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>315</v>
+        <v>296</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="I106" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>319</v>
+        <v>302</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>320</v>
+        <v>145</v>
       </c>
       <c r="C107" s="0">
         <v>1</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E107" s="0">
-        <v>4063</v>
+        <v>4000000</v>
       </c>
       <c r="F107" s="0">
-        <v>2458</v>
+        <v>45</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>321</v>
+        <v>266</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>322</v>
+        <v>267</v>
       </c>
       <c r="I107" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>323</v>
+        <v>303</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>324</v>
+        <v>159</v>
       </c>
       <c r="C108" s="0">
         <v>1</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E108" s="0">
-        <v>200000</v>
+        <v>6500</v>
       </c>
       <c r="F108" s="0">
-        <v>2000</v>
+        <v>7920</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>326</v>
+        <v>285</v>
       </c>
       <c r="I108" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="C109" s="0">
         <v>1</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E109" s="0">
-        <v>4000</v>
+        <v>4500000</v>
       </c>
       <c r="F109" s="0">
-        <v>55000</v>
+        <v>25</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>328</v>
+        <v>296</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>329</v>
+        <v>297</v>
       </c>
       <c r="I109" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>331</v>
+        <v>20</v>
       </c>
       <c r="C110" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="E110" s="0">
-        <v>750000</v>
+        <v>370000</v>
       </c>
       <c r="F110" s="0">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I110" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>332</v>
+        <v>309</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>333</v>
+        <v>310</v>
       </c>
       <c r="C111" s="0">
         <v>1</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E111" s="0">
-        <v>7350000</v>
+        <v>17500</v>
       </c>
       <c r="F111" s="0">
-        <v>2</v>
+        <v>4918</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>334</v>
+        <v>304</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>94</v>
+        <v>285</v>
       </c>
       <c r="I111" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>335</v>
+        <v>311</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>336</v>
+        <v>20</v>
       </c>
       <c r="C112" s="0">
         <v>1</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E112" s="0">
-        <v>60000</v>
+        <v>3500000</v>
       </c>
       <c r="F112" s="0">
-        <v>50</v>
+        <v>105</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="I112" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>337</v>
+        <v>314</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>338</v>
+        <v>145</v>
       </c>
       <c r="C113" s="0">
         <v>1</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E113" s="0">
-        <v>200000</v>
+        <v>3500</v>
       </c>
       <c r="F113" s="0">
-        <v>2000</v>
+        <v>8140</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>325</v>
+        <v>315</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>326</v>
+        <v>316</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>339</v>
+        <v>317</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>340</v>
+        <v>159</v>
       </c>
       <c r="C114" s="0">
         <v>1</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="E114" s="0">
-        <v>700000</v>
+        <v>6000</v>
       </c>
       <c r="F114" s="0">
-        <v>11</v>
+        <v>5000</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="I114" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>342</v>
+        <v>10</v>
       </c>
       <c r="C115" s="0">
         <v>1</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E115" s="0">
-        <v>840000</v>
+        <v>3800</v>
       </c>
       <c r="F115" s="0">
-        <v>14</v>
+        <v>60000</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>343</v>
+        <v>321</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>344</v>
+        <v>322</v>
       </c>
       <c r="I115" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>345</v>
+        <v>323</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>346</v>
+        <v>138</v>
       </c>
       <c r="C116" s="0">
         <v>1</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E116" s="0">
-        <v>750400</v>
+        <v>5000</v>
       </c>
       <c r="F116" s="0">
-        <v>3</v>
+        <v>5000</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>343</v>
+        <v>318</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>344</v>
+        <v>319</v>
       </c>
       <c r="I116" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>347</v>
+        <v>324</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>348</v>
+        <v>180</v>
       </c>
       <c r="C117" s="0">
         <v>1</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="E117" s="0">
-        <v>585200</v>
+        <v>19500</v>
       </c>
       <c r="F117" s="0">
-        <v>65</v>
+        <v>3000</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>343</v>
+        <v>318</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>344</v>
+        <v>319</v>
       </c>
       <c r="I117" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>349</v>
+        <v>325</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>350</v>
+        <v>326</v>
       </c>
       <c r="C118" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E118" s="0">
-        <v>771085</v>
+        <v>305000</v>
       </c>
       <c r="F118" s="0">
-        <v>2</v>
+        <v>400</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="I118" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>351</v>
+        <v>329</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>352</v>
+        <v>20</v>
       </c>
       <c r="C119" s="0">
         <v>1</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E119" s="0">
-        <v>771085</v>
+        <v>3000000</v>
       </c>
       <c r="F119" s="0">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="I119" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>353</v>
+        <v>332</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>354</v>
+        <v>333</v>
       </c>
       <c r="C120" s="0">
         <v>1</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E120" s="0">
-        <v>1764000</v>
+        <v>51500</v>
       </c>
       <c r="F120" s="0">
-        <v>28</v>
+        <v>260000</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="I120" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>355</v>
+        <v>336</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>356</v>
+        <v>48</v>
       </c>
       <c r="C121" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E121" s="0">
-        <v>1764000</v>
+        <v>382000</v>
       </c>
       <c r="F121" s="0">
-        <v>29</v>
+        <v>500</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="I121" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>357</v>
+        <v>338</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>358</v>
+        <v>24</v>
       </c>
       <c r="C122" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E122" s="0">
-        <v>7350000</v>
+        <v>380000</v>
       </c>
       <c r="F122" s="0">
-        <v>1</v>
+        <v>600</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>93</v>
+        <v>339</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>94</v>
+        <v>340</v>
       </c>
       <c r="I122" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>359</v>
+        <v>341</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>360</v>
+        <v>342</v>
       </c>
       <c r="C123" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E123" s="0">
-        <v>1764000</v>
+        <v>1740000</v>
       </c>
       <c r="F123" s="0">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>343</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>344</v>
       </c>
       <c r="I123" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>362</v>
+        <v>108</v>
       </c>
       <c r="C124" s="0">
         <v>1</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E124" s="0">
-        <v>6600</v>
+        <v>18700</v>
       </c>
       <c r="F124" s="0">
-        <v>10000</v>
+        <v>3000</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>364</v>
+        <v>161</v>
       </c>
       <c r="I124" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>365</v>
+        <v>347</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>366</v>
+        <v>138</v>
       </c>
       <c r="C125" s="0">
         <v>1</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E125" s="0">
-        <v>13000</v>
+        <v>3600000</v>
       </c>
       <c r="F125" s="0">
-        <v>300</v>
+        <v>25</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>367</v>
+        <v>343</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="I125" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>369</v>
+        <v>348</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>370</v>
+        <v>349</v>
       </c>
       <c r="C126" s="0">
         <v>1</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E126" s="0">
-        <v>13000</v>
+        <v>5600000</v>
       </c>
       <c r="F126" s="0">
-        <v>8810</v>
+        <v>25</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>367</v>
+        <v>343</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="I126" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>371</v>
+        <v>350</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>372</v>
+        <v>16</v>
       </c>
       <c r="C127" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E127" s="0">
-        <v>13000</v>
+        <v>380000</v>
       </c>
       <c r="F127" s="0">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="I127" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>373</v>
+        <v>353</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>374</v>
+        <v>24</v>
       </c>
       <c r="C128" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E128" s="0">
-        <v>13000</v>
+        <v>400000</v>
       </c>
       <c r="F128" s="0">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>367</v>
+        <v>354</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="I128" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>376</v>
+        <v>159</v>
       </c>
       <c r="C129" s="0">
         <v>1</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E129" s="0">
-        <v>13100</v>
+        <v>3700</v>
       </c>
       <c r="F129" s="0">
-        <v>3050</v>
+        <v>5000</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>367</v>
+        <v>160</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>368</v>
+        <v>161</v>
       </c>
       <c r="I129" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>377</v>
+        <v>356</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>378</v>
+        <v>16</v>
       </c>
       <c r="C130" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E130" s="0">
-        <v>11000</v>
+        <v>360000</v>
       </c>
       <c r="F130" s="0">
-        <v>780</v>
+        <v>500</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="I130" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>380</v>
+        <v>58</v>
       </c>
       <c r="C131" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E131" s="0">
-        <v>7000</v>
+        <v>400000</v>
       </c>
       <c r="F131" s="0">
-        <v>767</v>
+        <v>1000</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>381</v>
+        <v>360</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>382</v>
+        <v>361</v>
       </c>
       <c r="I131" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>383</v>
+        <v>362</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>384</v>
+        <v>138</v>
       </c>
       <c r="C132" s="0">
         <v>1</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E132" s="0">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="F132" s="0">
-        <v>949</v>
+        <v>5000</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>381</v>
+        <v>160</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>382</v>
+        <v>161</v>
       </c>
       <c r="I132" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>385</v>
+        <v>363</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>386</v>
+        <v>364</v>
       </c>
       <c r="C133" s="0">
         <v>1</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E133" s="0">
-        <v>1400</v>
+        <v>19500000</v>
       </c>
       <c r="F133" s="0">
-        <v>198529</v>
+        <v>20</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>387</v>
+        <v>365</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="I133" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>389</v>
+        <v>138</v>
       </c>
       <c r="C134" s="0">
         <v>1</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E134" s="0">
-        <v>7500</v>
+        <v>3300000</v>
       </c>
       <c r="F134" s="0">
-        <v>8557</v>
+        <v>475</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>387</v>
+        <v>368</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>382</v>
+        <v>369</v>
       </c>
       <c r="I134" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>390</v>
+        <v>370</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="C135" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E135" s="0">
-        <v>13500</v>
+        <v>400000</v>
       </c>
       <c r="F135" s="0">
-        <v>775</v>
+        <v>300</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="I135" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>392</v>
+        <v>373</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>393</v>
+        <v>145</v>
       </c>
       <c r="C136" s="0">
         <v>1</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E136" s="0">
-        <v>1250</v>
+        <v>4200000</v>
       </c>
       <c r="F136" s="0">
-        <v>105665</v>
+        <v>675</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>387</v>
+        <v>368</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>382</v>
+        <v>369</v>
       </c>
       <c r="I136" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>394</v>
+        <v>374</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>395</v>
+        <v>24</v>
       </c>
       <c r="C137" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E137" s="0">
-        <v>5200</v>
+        <v>390000</v>
       </c>
       <c r="F137" s="0">
-        <v>27375</v>
+        <v>500</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="I137" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>396</v>
+        <v>377</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>397</v>
+        <v>159</v>
       </c>
       <c r="C138" s="0">
         <v>1</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E138" s="0">
-        <v>1250</v>
+        <v>5000000</v>
       </c>
       <c r="F138" s="0">
-        <v>67670</v>
+        <v>200</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>387</v>
+        <v>365</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="I138" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>398</v>
+        <v>378</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>399</v>
+        <v>48</v>
       </c>
       <c r="C139" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E139" s="0">
-        <v>13500</v>
+        <v>350000</v>
       </c>
       <c r="F139" s="0">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="I139" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>401</v>
+        <v>180</v>
       </c>
       <c r="C140" s="0">
         <v>1</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>225</v>
+        <v>109</v>
       </c>
       <c r="E140" s="0">
-        <v>114000</v>
+        <v>18000</v>
       </c>
       <c r="F140" s="0">
-        <v>565</v>
+        <v>95000</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>402</v>
+        <v>368</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>403</v>
+        <v>369</v>
       </c>
       <c r="I140" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>404</v>
+        <v>382</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>405</v>
+        <v>138</v>
       </c>
       <c r="C141" s="0">
         <v>1</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>225</v>
+        <v>76</v>
       </c>
       <c r="E141" s="0">
-        <v>74000</v>
+        <v>3200000</v>
       </c>
       <c r="F141" s="0">
-        <v>2220</v>
+        <v>200</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>402</v>
+        <v>365</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>403</v>
+        <v>366</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>406</v>
+        <v>383</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>407</v>
+        <v>98</v>
       </c>
       <c r="C142" s="0">
         <v>1</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="E142" s="0">
-        <v>4050000</v>
+        <v>18000</v>
       </c>
       <c r="F142" s="0">
-        <v>12</v>
+        <v>25000</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>408</v>
+        <v>368</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>409</v>
+        <v>369</v>
       </c>
       <c r="I142" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>410</v>
+        <v>384</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>411</v>
+        <v>385</v>
       </c>
       <c r="C143" s="0">
         <v>1</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="E143" s="0">
-        <v>4850000</v>
+        <v>8300</v>
       </c>
       <c r="F143" s="0">
-        <v>68</v>
+        <v>100000</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>408</v>
+        <v>386</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="I143" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>412</v>
+        <v>388</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>413</v>
+        <v>98</v>
       </c>
       <c r="C144" s="0">
         <v>1</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="E144" s="0">
-        <v>4050000</v>
+        <v>18000</v>
       </c>
       <c r="F144" s="0">
-        <v>52</v>
+        <v>21000</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>408</v>
+        <v>368</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>409</v>
+        <v>369</v>
       </c>
       <c r="I144" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>414</v>
+        <v>389</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>415</v>
+        <v>390</v>
       </c>
       <c r="C145" s="0">
         <v>1</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E145" s="0">
-        <v>952000</v>
+        <v>5500000</v>
       </c>
       <c r="F145" s="0">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>416</v>
+        <v>391</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>417</v>
+        <v>392</v>
       </c>
       <c r="I145" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>418</v>
+        <v>393</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>419</v>
+        <v>394</v>
       </c>
       <c r="C146" s="0">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E146" s="0">
-        <v>14000</v>
+        <v>32000</v>
       </c>
       <c r="F146" s="0">
-        <v>4300</v>
+        <v>50</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>420</v>
+        <v>395</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
       <c r="I146" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>421</v>
+        <v>397</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>422</v>
+        <v>98</v>
       </c>
       <c r="C147" s="0">
         <v>1</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="E147" s="0">
-        <v>3000</v>
+        <v>18000</v>
       </c>
       <c r="F147" s="0">
-        <v>100</v>
+        <v>40000</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>420</v>
+        <v>368</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>417</v>
+        <v>369</v>
       </c>
       <c r="I147" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>423</v>
+        <v>398</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>424</v>
+        <v>48</v>
       </c>
       <c r="C148" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E148" s="0">
-        <v>1761760</v>
+        <v>380000</v>
       </c>
       <c r="F148" s="0">
-        <v>23</v>
+        <v>1000</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>343</v>
+        <v>379</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>344</v>
+        <v>399</v>
       </c>
       <c r="I148" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>425</v>
+        <v>400</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>426</v>
+        <v>138</v>
       </c>
       <c r="C149" s="0">
         <v>1</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E149" s="0">
-        <v>22950000</v>
+        <v>3900000</v>
       </c>
       <c r="F149" s="0">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>363</v>
+        <v>401</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>364</v>
+        <v>392</v>
       </c>
       <c r="I149" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>427</v>
+        <v>402</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>428</v>
+        <v>403</v>
       </c>
       <c r="C150" s="0">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="D150" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E150" s="0">
-        <v>3800</v>
+        <v>70000</v>
       </c>
       <c r="F150" s="0">
-        <v>12000</v>
+        <v>50</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>429</v>
+        <v>404</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>430</v>
+        <v>396</v>
       </c>
       <c r="I150" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>53</v>
+        <v>406</v>
       </c>
       <c r="C151" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E151" s="0">
-        <v>450000</v>
+        <v>600</v>
       </c>
       <c r="F151" s="0">
-        <v>500</v>
+        <v>200000</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>432</v>
+        <v>407</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>433</v>
+        <v>396</v>
       </c>
       <c r="I151" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>434</v>
+        <v>408</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="C152" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E152" s="0">
-        <v>420000</v>
+        <v>18000</v>
       </c>
       <c r="F152" s="0">
-        <v>600</v>
+        <v>40000</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>435</v>
+        <v>368</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>436</v>
+        <v>369</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>437</v>
+        <v>409</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>240</v>
+        <v>410</v>
       </c>
       <c r="C153" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E153" s="0">
-        <v>460000</v>
+        <v>22950000</v>
       </c>
       <c r="F153" s="0">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>438</v>
+        <v>411</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>439</v>
+        <v>412</v>
       </c>
       <c r="I153" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>440</v>
+        <v>413</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>441</v>
+        <v>138</v>
       </c>
       <c r="C154" s="0">
         <v>1</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E154" s="0">
-        <v>180000</v>
+        <v>3125000</v>
       </c>
       <c r="F154" s="0">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>334</v>
+        <v>365</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>94</v>
+        <v>366</v>
       </c>
       <c r="I154" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>442</v>
+        <v>414</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>443</v>
+        <v>415</v>
       </c>
       <c r="C155" s="0">
         <v>1</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E155" s="0">
-        <v>12350000</v>
+        <v>22950</v>
       </c>
       <c r="F155" s="0">
-        <v>298</v>
+        <v>30000</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>444</v>
+        <v>411</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>445</v>
+        <v>412</v>
       </c>
       <c r="I155" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>446</v>
+        <v>416</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>447</v>
+        <v>159</v>
       </c>
       <c r="C156" s="0">
         <v>1</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E156" s="0">
-        <v>600000</v>
+        <v>6000</v>
       </c>
       <c r="F156" s="0">
-        <v>12</v>
+        <v>200000</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>94</v>
+        <v>319</v>
       </c>
       <c r="I156" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>448</v>
+        <v>417</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>240</v>
+        <v>418</v>
       </c>
       <c r="C157" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E157" s="0">
-        <v>420000</v>
+        <v>36000000</v>
       </c>
       <c r="F157" s="0">
-        <v>200</v>
+        <v>3</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>449</v>
+        <v>411</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>450</v>
+        <v>412</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>451</v>
+        <v>419</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c r="C158" s="0">
         <v>1</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>225</v>
+        <v>109</v>
       </c>
       <c r="E158" s="0">
-        <v>384500</v>
+        <v>18000</v>
       </c>
       <c r="F158" s="0">
-        <v>835</v>
+        <v>49000</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>453</v>
+        <v>368</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>454</v>
+        <v>369</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>455</v>
+        <v>420</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>456</v>
+        <v>16</v>
       </c>
       <c r="C159" s="0">
         <v>1</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E159" s="0">
-        <v>427314125.07</v>
+        <v>4400</v>
       </c>
       <c r="F159" s="0">
-        <v>2</v>
+        <v>100000</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>444</v>
+        <v>421</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>445</v>
+        <v>422</v>
       </c>
       <c r="I159" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>457</v>
+        <v>423</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>458</v>
+        <v>20</v>
       </c>
       <c r="C160" s="0">
         <v>1</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E160" s="0">
-        <v>3000000</v>
+        <v>3700000</v>
       </c>
       <c r="F160" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>334</v>
+        <v>424</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>94</v>
+        <v>425</v>
       </c>
       <c r="I160" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>459</v>
+        <v>426</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>460</v>
+        <v>138</v>
       </c>
       <c r="C161" s="0">
         <v>1</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E161" s="0">
-        <v>455836728.23</v>
+        <v>5200</v>
       </c>
       <c r="F161" s="0">
-        <v>2</v>
+        <v>300000</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>444</v>
+        <v>318</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>445</v>
+        <v>319</v>
       </c>
       <c r="I161" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>461</v>
+        <v>427</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>462</v>
+        <v>428</v>
       </c>
       <c r="C162" s="0">
         <v>1</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>17</v>
+        <v>429</v>
       </c>
       <c r="E162" s="0">
-        <v>270000</v>
+        <v>15321.22</v>
       </c>
       <c r="F162" s="0">
-        <v>6</v>
+        <v>232506</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>334</v>
+        <v>430</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>94</v>
+        <v>431</v>
       </c>
       <c r="I162" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>463</v>
+        <v>432</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>464</v>
+        <v>433</v>
       </c>
       <c r="C163" s="0">
         <v>1</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E163" s="0">
-        <v>897548217.59</v>
+        <v>33755.72</v>
       </c>
       <c r="F163" s="0">
-        <v>4</v>
+        <v>892500</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="I163" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>465</v>
+        <v>436</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>30</v>
+        <v>437</v>
       </c>
       <c r="C164" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>11</v>
+        <v>429</v>
       </c>
       <c r="E164" s="0">
-        <v>380000</v>
+        <v>34734.76</v>
       </c>
       <c r="F164" s="0">
-        <v>700</v>
+        <v>28260</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>466</v>
+        <v>438</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>467</v>
+        <v>431</v>
       </c>
       <c r="I164" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>468</v>
+        <v>439</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>469</v>
+        <v>440</v>
       </c>
       <c r="C165" s="0">
         <v>1</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E165" s="0">
-        <v>16127.6</v>
+        <v>71833.11</v>
       </c>
       <c r="F165" s="0">
-        <v>232506</v>
+        <v>13661</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>470</v>
+        <v>430</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I165" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>472</v>
+        <v>441</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="C166" s="0">
         <v>1</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="E166" s="0">
-        <v>36562.9</v>
+        <v>15200</v>
       </c>
       <c r="F166" s="0">
-        <v>28260</v>
+        <v>515100</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>474</v>
+        <v>434</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>471</v>
+        <v>435</v>
       </c>
       <c r="I166" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>475</v>
+        <v>443</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>476</v>
+        <v>444</v>
       </c>
       <c r="C167" s="0">
         <v>1</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E167" s="0">
-        <v>75613.8</v>
+        <v>76019.76</v>
       </c>
       <c r="F167" s="0">
-        <v>13661</v>
+        <v>12709</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>470</v>
+        <v>430</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I167" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>477</v>
+        <v>445</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>478</v>
+        <v>444</v>
       </c>
       <c r="C168" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>11</v>
+        <v>429</v>
       </c>
       <c r="E168" s="0">
-        <v>390000</v>
+        <v>76019.76</v>
       </c>
       <c r="F168" s="0">
-        <v>1500</v>
+        <v>34573</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>479</v>
+        <v>430</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>480</v>
+        <v>431</v>
       </c>
       <c r="I168" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>482</v>
+        <v>20</v>
       </c>
       <c r="C169" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="E169" s="0">
-        <v>80020.8</v>
+        <v>380000</v>
       </c>
       <c r="F169" s="0">
-        <v>12709</v>
+        <v>100</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>470</v>
+        <v>447</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>471</v>
+        <v>448</v>
       </c>
       <c r="I169" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>483</v>
+        <v>449</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>484</v>
+        <v>450</v>
       </c>
       <c r="C170" s="0">
         <v>1</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>225</v>
+        <v>429</v>
       </c>
       <c r="E170" s="0">
-        <v>65000</v>
+        <v>45322.79</v>
       </c>
       <c r="F170" s="0">
-        <v>25</v>
+        <v>44162</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>334</v>
+        <v>451</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>94</v>
+        <v>431</v>
       </c>
       <c r="I170" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>485</v>
+        <v>452</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>482</v>
+        <v>437</v>
       </c>
       <c r="C171" s="0">
         <v>1</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E171" s="0">
-        <v>80020.8</v>
+        <v>34734.76</v>
       </c>
       <c r="F171" s="0">
-        <v>34573</v>
+        <v>14130</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>470</v>
+        <v>453</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I171" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>486</v>
+        <v>454</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>487</v>
+        <v>48</v>
       </c>
       <c r="C172" s="0">
         <v>1</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E172" s="0">
-        <v>960000</v>
+        <v>3000</v>
       </c>
       <c r="F172" s="0">
-        <v>2</v>
+        <v>95000</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>334</v>
+        <v>455</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>94</v>
+        <v>456</v>
       </c>
       <c r="I172" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>488</v>
+        <v>457</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="C173" s="0">
         <v>100</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E173" s="0">
-        <v>410000</v>
+        <v>420000</v>
       </c>
       <c r="F173" s="0">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>489</v>
+        <v>458</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>490</v>
+        <v>459</v>
       </c>
       <c r="I173" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>491</v>
+        <v>460</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="C174" s="0">
         <v>1</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E174" s="0">
-        <v>47708.2</v>
+        <v>34734.76</v>
       </c>
       <c r="F174" s="0">
-        <v>44162</v>
+        <v>41475</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>493</v>
+        <v>461</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I174" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>494</v>
+        <v>462</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>495</v>
+        <v>463</v>
       </c>
       <c r="C175" s="0">
         <v>1</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E175" s="0">
-        <v>39514</v>
+        <v>2619308412.54</v>
       </c>
       <c r="F175" s="0">
-        <v>183</v>
+        <v>2</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>321</v>
+        <v>434</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>322</v>
+        <v>464</v>
       </c>
       <c r="I175" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="C176" s="0">
         <v>1</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E176" s="0">
-        <v>36562.9</v>
+        <v>30322.58</v>
       </c>
       <c r="F176" s="0">
-        <v>14130</v>
+        <v>16190</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>497</v>
+        <v>467</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>498</v>
+        <v>468</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>24</v>
+        <v>469</v>
       </c>
       <c r="C177" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E177" s="0">
-        <v>410000</v>
+        <v>2293831742.02</v>
       </c>
       <c r="F177" s="0">
-        <v>1200</v>
+        <v>2</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>499</v>
+        <v>434</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="I177" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>500</v>
+        <v>470</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>501</v>
+        <v>24</v>
       </c>
       <c r="C178" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E178" s="0">
-        <v>200000</v>
+        <v>390000</v>
       </c>
       <c r="F178" s="0">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>334</v>
+        <v>471</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>94</v>
+        <v>472</v>
       </c>
       <c r="I178" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>502</v>
+        <v>473</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>503</v>
+        <v>466</v>
       </c>
       <c r="C179" s="0">
         <v>1</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>209</v>
+        <v>429</v>
       </c>
       <c r="E179" s="0">
-        <v>25126</v>
+        <v>30322.58</v>
       </c>
       <c r="F179" s="0">
-        <v>277</v>
+        <v>27817</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>321</v>
+        <v>474</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>322</v>
+        <v>431</v>
       </c>
       <c r="I179" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>504</v>
+        <v>475</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>505</v>
+        <v>476</v>
       </c>
       <c r="C180" s="0">
         <v>1</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>225</v>
+        <v>99</v>
       </c>
       <c r="E180" s="0">
-        <v>416100</v>
+        <v>3159549615.5</v>
       </c>
       <c r="F180" s="0">
-        <v>672</v>
+        <v>2</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>453</v>
+        <v>434</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="I180" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>506</v>
+        <v>477</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="C181" s="0">
         <v>1</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E181" s="0">
-        <v>36562.9</v>
+        <v>30322.58</v>
       </c>
       <c r="F181" s="0">
-        <v>41475</v>
+        <v>4563</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>507</v>
+        <v>474</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I181" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>508</v>
+        <v>478</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>509</v>
+        <v>466</v>
       </c>
       <c r="C182" s="0">
         <v>1</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>17</v>
+        <v>429</v>
       </c>
       <c r="E182" s="0">
-        <v>660000</v>
+        <v>30322.58</v>
       </c>
       <c r="F182" s="0">
-        <v>10</v>
+        <v>47519</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>334</v>
+        <v>430</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>94</v>
+        <v>431</v>
       </c>
       <c r="I182" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>510</v>
+        <v>479</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>511</v>
+        <v>127</v>
       </c>
       <c r="C183" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E183" s="0">
-        <v>14018</v>
+        <v>340000</v>
       </c>
       <c r="F183" s="0">
-        <v>120</v>
+        <v>700</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>321</v>
+        <v>480</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>322</v>
+        <v>481</v>
       </c>
       <c r="I183" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>512</v>
+        <v>482</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>513</v>
+        <v>83</v>
       </c>
       <c r="C184" s="0">
         <v>1</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E184" s="0">
-        <v>90000</v>
+        <v>5500000</v>
       </c>
       <c r="F184" s="0">
-        <v>8500</v>
+        <v>40</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>514</v>
+        <v>483</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>515</v>
+        <v>484</v>
       </c>
       <c r="I184" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>516</v>
+        <v>485</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>517</v>
+        <v>486</v>
       </c>
       <c r="C185" s="0">
         <v>1</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E185" s="0">
-        <v>31918.5</v>
+        <v>23452.46</v>
       </c>
       <c r="F185" s="0">
-        <v>16190</v>
+        <v>20930</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>518</v>
+        <v>453</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I185" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>519</v>
+        <v>487</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>517</v>
+        <v>488</v>
       </c>
       <c r="C186" s="0">
         <v>1</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E186" s="0">
-        <v>31918.5</v>
+        <v>1988800000</v>
       </c>
       <c r="F186" s="0">
-        <v>27817</v>
+        <v>2</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>520</v>
+        <v>434</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="I186" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>521</v>
+        <v>489</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>24</v>
+        <v>486</v>
       </c>
       <c r="C187" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>11</v>
+        <v>429</v>
       </c>
       <c r="E187" s="0">
-        <v>410000</v>
+        <v>23452.46</v>
       </c>
       <c r="F187" s="0">
-        <v>1200</v>
+        <v>74762</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>522</v>
+        <v>430</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>490</v>
+        <v>431</v>
       </c>
       <c r="I187" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>523</v>
+        <v>490</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>517</v>
+        <v>127</v>
       </c>
       <c r="C188" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="E188" s="0">
-        <v>31918.5</v>
+        <v>350000</v>
       </c>
       <c r="F188" s="0">
-        <v>4563</v>
+        <v>800</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>520</v>
+        <v>480</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>471</v>
+        <v>491</v>
       </c>
       <c r="I188" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>525</v>
+        <v>493</v>
       </c>
       <c r="C189" s="0">
         <v>1</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>209</v>
+        <v>109</v>
       </c>
       <c r="E189" s="0">
-        <v>15175</v>
+        <v>15160.18</v>
       </c>
       <c r="F189" s="0">
-        <v>254</v>
+        <v>10869</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>321</v>
+        <v>494</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>322</v>
+        <v>484</v>
       </c>
       <c r="I189" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>526</v>
+        <v>495</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>517</v>
+        <v>496</v>
       </c>
       <c r="C190" s="0">
         <v>1</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E190" s="0">
-        <v>31918.5</v>
+        <v>15321.22</v>
       </c>
       <c r="F190" s="0">
-        <v>47519</v>
+        <v>30128</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>470</v>
+        <v>453</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I190" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>527</v>
+        <v>497</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>528</v>
+        <v>20</v>
       </c>
       <c r="C191" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E191" s="0">
-        <v>250000</v>
+        <v>370000</v>
       </c>
       <c r="F191" s="0">
-        <v>34</v>
+        <v>9251</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>334</v>
+        <v>498</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>94</v>
+        <v>499</v>
       </c>
       <c r="I191" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>529</v>
+        <v>500</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>530</v>
+        <v>496</v>
       </c>
       <c r="C192" s="0">
         <v>1</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>83</v>
+        <v>429</v>
       </c>
       <c r="E192" s="0">
-        <v>24686.8</v>
+        <v>15321.22</v>
       </c>
       <c r="F192" s="0">
-        <v>20930</v>
+        <v>49398</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>471</v>
+        <v>431</v>
       </c>
       <c r="I192" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>531</v>
+        <v>501</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>532</v>
+        <v>502</v>
       </c>
       <c r="C193" s="0">
         <v>1</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E193" s="0">
-        <v>85000</v>
+        <v>388401565.82</v>
       </c>
       <c r="F193" s="0">
-        <v>171</v>
+        <v>8</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>334</v>
+        <v>434</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>94</v>
+        <v>464</v>
       </c>
       <c r="I193" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>533</v>
+        <v>503</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>530</v>
+        <v>180</v>
       </c>
       <c r="C194" s="0">
         <v>1</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E194" s="0">
-        <v>24686.8</v>
+        <v>76360</v>
       </c>
       <c r="F194" s="0">
-        <v>74762</v>
+        <v>6548</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>470</v>
+        <v>504</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>471</v>
+        <v>505</v>
       </c>
       <c r="I194" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>534</v>
+        <v>506</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="C195" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E195" s="0">
-        <v>4000</v>
+        <v>380000</v>
       </c>
       <c r="F195" s="0">
-        <v>100000</v>
+        <v>200</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>535</v>
+        <v>507</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>536</v>
+        <v>508</v>
       </c>
       <c r="I195" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>537</v>
+        <v>509</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>538</v>
+        <v>510</v>
       </c>
       <c r="C196" s="0">
         <v>1</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>209</v>
+        <v>429</v>
       </c>
       <c r="E196" s="0">
-        <v>20667</v>
+        <v>12530.31</v>
       </c>
       <c r="F196" s="0">
-        <v>27</v>
+        <v>39064</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>321</v>
+        <v>453</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>322</v>
+        <v>431</v>
       </c>
       <c r="I196" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>539</v>
+        <v>511</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>540</v>
+        <v>512</v>
       </c>
       <c r="C197" s="0">
         <v>1</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E197" s="0">
-        <v>16127.6</v>
+        <v>89983084.22</v>
       </c>
       <c r="F197" s="0">
-        <v>30128</v>
+        <v>4</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>497</v>
+        <v>434</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="I197" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>542</v>
+        <v>510</v>
       </c>
       <c r="C198" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>11</v>
+        <v>429</v>
       </c>
       <c r="E198" s="0">
-        <v>430000</v>
+        <v>12530.31</v>
       </c>
       <c r="F198" s="0">
-        <v>500</v>
+        <v>52592</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>543</v>
+        <v>430</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>544</v>
+        <v>431</v>
       </c>
       <c r="I198" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>545</v>
+        <v>514</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>540</v>
+        <v>515</v>
       </c>
       <c r="C199" s="0">
         <v>1</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="E199" s="0">
-        <v>16127.6</v>
+        <v>5200000</v>
       </c>
       <c r="F199" s="0">
-        <v>49398</v>
+        <v>10</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>470</v>
+        <v>504</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>471</v>
+        <v>505</v>
       </c>
       <c r="I199" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>546</v>
+        <v>516</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>547</v>
+        <v>108</v>
       </c>
       <c r="C200" s="0">
         <v>1</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E200" s="0">
-        <v>600000</v>
+        <v>14000000</v>
       </c>
       <c r="F200" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>334</v>
+        <v>517</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>94</v>
+        <v>518</v>
       </c>
       <c r="I200" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>548</v>
+        <v>519</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>549</v>
+        <v>326</v>
       </c>
       <c r="C201" s="0">
         <v>1</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E201" s="0">
-        <v>4000</v>
+        <v>2000000</v>
       </c>
       <c r="F201" s="0">
-        <v>60000</v>
+        <v>40</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>550</v>
+        <v>520</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>551</v>
+        <v>521</v>
       </c>
       <c r="I201" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>552</v>
+        <v>522</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>24</v>
+        <v>510</v>
       </c>
       <c r="C202" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>11</v>
+        <v>429</v>
       </c>
       <c r="E202" s="0">
-        <v>410000</v>
+        <v>12530.31</v>
       </c>
       <c r="F202" s="0">
-        <v>500</v>
+        <v>209976</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>553</v>
+        <v>430</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>490</v>
+        <v>431</v>
       </c>
       <c r="I202" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>554</v>
+        <v>523</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>555</v>
+        <v>108</v>
       </c>
       <c r="C203" s="0">
         <v>1</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="E203" s="0">
-        <v>13189.8</v>
+        <v>20000000</v>
       </c>
       <c r="F203" s="0">
-        <v>39064</v>
+        <v>6</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>497</v>
+        <v>524</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>471</v>
+        <v>525</v>
       </c>
       <c r="I203" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>556</v>
+        <v>526</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>557</v>
+        <v>527</v>
       </c>
       <c r="C204" s="0">
         <v>1</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>17</v>
+        <v>429</v>
       </c>
       <c r="E204" s="0">
-        <v>255000</v>
+        <v>9754.6</v>
       </c>
       <c r="F204" s="0">
-        <v>91</v>
+        <v>30304</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>334</v>
+        <v>453</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>94</v>
+        <v>431</v>
       </c>
       <c r="I204" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>558</v>
+        <v>528</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>559</v>
+        <v>529</v>
       </c>
       <c r="C205" s="0">
         <v>1</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>209</v>
+        <v>530</v>
       </c>
       <c r="E205" s="0">
-        <v>7456</v>
+        <v>3561600</v>
       </c>
       <c r="F205" s="0">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>321</v>
+        <v>531</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>322</v>
+        <v>532</v>
       </c>
       <c r="I205" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>560</v>
+        <v>533</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>561</v>
+        <v>48</v>
       </c>
       <c r="C206" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E206" s="0">
-        <v>85000</v>
+        <v>400000</v>
       </c>
       <c r="F206" s="0">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>334</v>
+        <v>534</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>94</v>
+        <v>535</v>
       </c>
       <c r="I206" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>562</v>
+        <v>536</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>555</v>
+        <v>20</v>
       </c>
       <c r="C207" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="E207" s="0">
-        <v>13189.8</v>
+        <v>420000</v>
       </c>
       <c r="F207" s="0">
-        <v>52592</v>
+        <v>1000</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>470</v>
+        <v>537</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>471</v>
+        <v>521</v>
       </c>
       <c r="I207" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>563</v>
+        <v>538</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>564</v>
+        <v>527</v>
       </c>
       <c r="C208" s="0">
         <v>1</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>45</v>
+        <v>429</v>
       </c>
       <c r="E208" s="0">
-        <v>56640000</v>
+        <v>9754.6</v>
       </c>
       <c r="F208" s="0">
-        <v>32</v>
+        <v>39043</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>565</v>
+        <v>430</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>566</v>
+        <v>431</v>
       </c>
       <c r="I208" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>567</v>
+        <v>539</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>60</v>
+        <v>540</v>
       </c>
       <c r="C209" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D209" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E209" s="0">
-        <v>320000</v>
+        <v>5050</v>
       </c>
       <c r="F209" s="0">
-        <v>100</v>
+        <v>100000</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>568</v>
+        <v>541</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>569</v>
+        <v>542</v>
       </c>
       <c r="I209" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>570</v>
+        <v>543</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>571</v>
+        <v>544</v>
       </c>
       <c r="C210" s="0">
         <v>1</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E210" s="0">
-        <v>4100000</v>
+        <v>59816.67</v>
       </c>
       <c r="F210" s="0">
-        <v>20</v>
+        <v>1800</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>572</v>
+        <v>434</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>573</v>
+        <v>464</v>
       </c>
       <c r="I210" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>574</v>
+        <v>545</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>575</v>
+        <v>546</v>
       </c>
       <c r="C211" s="0">
         <v>1</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E211" s="0">
-        <v>12350000</v>
+        <v>64869.44</v>
       </c>
       <c r="F211" s="0">
-        <v>221</v>
+        <v>23400</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>576</v>
+        <v>434</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>577</v>
+        <v>464</v>
       </c>
       <c r="I211" s="0" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>578</v>
+        <v>547</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>579</v>
+        <v>548</v>
       </c>
       <c r="C212" s="0">
         <v>1</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E212" s="0">
-        <v>74583000</v>
+        <v>85096000</v>
       </c>
       <c r="F212" s="0">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>580</v>
+        <v>434</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>577</v>
+        <v>464</v>
       </c>
       <c r="I212" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>581</v>
+        <v>549</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>582</v>
+        <v>108</v>
       </c>
       <c r="C213" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="E213" s="0">
-        <v>85096000</v>
+        <v>1900000</v>
       </c>
       <c r="F213" s="0">
-        <v>135</v>
+        <v>200</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>580</v>
+        <v>550</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>577</v>
+        <v>551</v>
       </c>
       <c r="I213" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>583</v>
+        <v>552</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>584</v>
+        <v>138</v>
       </c>
       <c r="C214" s="0">
         <v>1</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E214" s="0">
-        <v>91960000</v>
+        <v>4500000</v>
       </c>
       <c r="F214" s="0">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="I214" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>585</v>
+        <v>553</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>586</v>
+        <v>554</v>
       </c>
       <c r="C215" s="0">
         <v>1</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E215" s="0">
-        <v>68316152</v>
+        <v>147862387.26</v>
       </c>
       <c r="F215" s="0">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>565</v>
+        <v>434</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>566</v>
+        <v>464</v>
       </c>
       <c r="I215" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>587</v>
+        <v>555</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>588</v>
+        <v>145</v>
       </c>
       <c r="C216" s="0">
         <v>1</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E216" s="0">
-        <v>2516985</v>
+        <v>5000000</v>
       </c>
       <c r="F216" s="0">
-        <v>306</v>
+        <v>50</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="I216" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>589</v>
+        <v>556</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>590</v>
+        <v>557</v>
       </c>
       <c r="C217" s="0">
         <v>1</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>209</v>
+        <v>99</v>
       </c>
       <c r="E217" s="0">
-        <v>1787600</v>
+        <v>654303879.79</v>
       </c>
       <c r="F217" s="0">
-        <v>1128</v>
+        <v>1</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>565</v>
+        <v>434</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>566</v>
+        <v>464</v>
       </c>
       <c r="I217" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>591</v>
+        <v>558</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>592</v>
+        <v>559</v>
       </c>
       <c r="C218" s="0">
         <v>1</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E218" s="0">
-        <v>182091</v>
+        <v>427314125.07</v>
       </c>
       <c r="F218" s="0">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>565</v>
+        <v>434</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>566</v>
+        <v>464</v>
       </c>
       <c r="I218" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>593</v>
+        <v>560</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>582</v>
+        <v>83</v>
       </c>
       <c r="C219" s="0">
         <v>1</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E219" s="0">
-        <v>85096000</v>
+        <v>4000</v>
       </c>
       <c r="F219" s="0">
-        <v>45</v>
+        <v>400000</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="I219" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>594</v>
+        <v>563</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>595</v>
+        <v>138</v>
       </c>
       <c r="C220" s="0">
         <v>1</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E220" s="0">
-        <v>376752000</v>
+        <v>3600000</v>
       </c>
       <c r="F220" s="0">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="G220" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="H220" s="0" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="I220" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>596</v>
+        <v>566</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>597</v>
+        <v>48</v>
       </c>
       <c r="C221" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E221" s="0">
-        <v>164600866</v>
+        <v>430000</v>
       </c>
       <c r="F221" s="0">
-        <v>9</v>
+        <v>350</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="I221" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>598</v>
+        <v>569</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>599</v>
+        <v>570</v>
       </c>
       <c r="C222" s="0">
         <v>1</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E222" s="0">
-        <v>306984.6</v>
+        <v>897548217.59</v>
       </c>
       <c r="F222" s="0">
-        <v>8965</v>
+        <v>8</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>565</v>
+        <v>434</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>566</v>
+        <v>464</v>
       </c>
       <c r="I222" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>600</v>
+        <v>571</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>601</v>
+        <v>159</v>
       </c>
       <c r="C223" s="0">
         <v>1</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E223" s="0">
-        <v>306984.6</v>
+        <v>5800000</v>
       </c>
       <c r="F223" s="0">
-        <v>3600</v>
+        <v>50</v>
       </c>
       <c r="G223" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="H223" s="0" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="I223" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>602</v>
+        <v>572</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>603</v>
+        <v>48</v>
       </c>
       <c r="C224" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E224" s="0">
-        <v>27300000</v>
+        <v>406000</v>
       </c>
       <c r="F224" s="0">
-        <v>16</v>
+        <v>350</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="I224" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>604</v>
+        <v>573</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>605</v>
+        <v>138</v>
       </c>
       <c r="C225" s="0">
         <v>1</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E225" s="0">
-        <v>106108846</v>
+        <v>3800000</v>
       </c>
       <c r="F225" s="0">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
       <c r="I225" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>606</v>
+        <v>576</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>607</v>
+        <v>48</v>
       </c>
       <c r="C226" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E226" s="0">
-        <v>175388400</v>
+        <v>360000</v>
       </c>
       <c r="F226" s="0">
-        <v>144</v>
+        <v>1000</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>444</v>
+        <v>577</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>608</v>
+        <v>578</v>
       </c>
       <c r="I226" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>609</v>
+        <v>579</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>610</v>
+        <v>145</v>
       </c>
       <c r="C227" s="0">
         <v>1</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E227" s="0">
-        <v>189000</v>
+        <v>5400000</v>
       </c>
       <c r="F227" s="0">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>334</v>
+        <v>574</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>94</v>
+        <v>575</v>
       </c>
       <c r="I227" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>611</v>
+        <v>580</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>555</v>
+        <v>581</v>
       </c>
       <c r="C228" s="0">
         <v>1</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E228" s="0">
-        <v>13189.8</v>
+        <v>455836728.23</v>
       </c>
       <c r="F228" s="0">
-        <v>209976</v>
+        <v>7</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>470</v>
+        <v>434</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="I228" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>612</v>
+        <v>582</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>613</v>
+        <v>583</v>
       </c>
       <c r="C229" s="0">
         <v>1</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E229" s="0">
-        <v>10197</v>
+        <v>50000</v>
       </c>
       <c r="F229" s="0">
-        <v>252</v>
+        <v>22</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>321</v>
+        <v>584</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>322</v>
+        <v>585</v>
       </c>
       <c r="I229" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>614</v>
+        <v>586</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>615</v>
+        <v>587</v>
       </c>
       <c r="C230" s="0">
         <v>1</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="E230" s="0">
-        <v>57200000</v>
+        <v>75000</v>
       </c>
       <c r="F230" s="0">
-        <v>29</v>
+        <v>110</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>444</v>
+        <v>584</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>608</v>
+        <v>585</v>
       </c>
       <c r="I230" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>616</v>
+        <v>588</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>617</v>
+        <v>102</v>
       </c>
       <c r="C231" s="0">
         <v>1</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E231" s="0">
-        <v>1550000</v>
+        <v>3500000</v>
       </c>
       <c r="F231" s="0">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="G231" s="0" t="s">
-        <v>334</v>
+        <v>589</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>94</v>
+        <v>590</v>
       </c>
       <c r="I231" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>618</v>
+        <v>591</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>619</v>
+        <v>16</v>
       </c>
       <c r="C232" s="0">
         <v>1</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E232" s="0">
-        <v>12691</v>
+        <v>4160</v>
       </c>
       <c r="F232" s="0">
-        <v>4000</v>
+        <v>50000</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>620</v>
+        <v>592</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>608</v>
+        <v>578</v>
       </c>
       <c r="I232" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>621</v>
+        <v>593</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>622</v>
+        <v>594</v>
       </c>
       <c r="C233" s="0">
         <v>1</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E233" s="0">
-        <v>10268</v>
+        <v>264061821.34</v>
       </c>
       <c r="F233" s="0">
-        <v>30304</v>
+        <v>3</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>497</v>
+        <v>434</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="I233" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>623</v>
+        <v>595</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>624</v>
+        <v>20</v>
       </c>
       <c r="C234" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E234" s="0">
-        <v>13338</v>
+        <v>430000</v>
       </c>
       <c r="F234" s="0">
-        <v>105</v>
+        <v>400</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>321</v>
+        <v>596</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>322</v>
+        <v>590</v>
       </c>
       <c r="I234" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>625</v>
+        <v>597</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>53</v>
+        <v>598</v>
       </c>
       <c r="C235" s="0">
         <v>1</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E235" s="0">
-        <v>4100000</v>
+        <v>107496454.61</v>
       </c>
       <c r="F235" s="0">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>626</v>
+        <v>434</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>627</v>
+        <v>464</v>
       </c>
       <c r="I235" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>628</v>
+        <v>599</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>622</v>
+        <v>600</v>
       </c>
       <c r="C236" s="0">
         <v>1</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E236" s="0">
-        <v>10268</v>
+        <v>148850521.18</v>
       </c>
       <c r="F236" s="0">
-        <v>39043</v>
+        <v>8</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>470</v>
+        <v>434</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="I236" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>629</v>
+        <v>601</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>630</v>
+        <v>108</v>
       </c>
       <c r="C237" s="0">
         <v>1</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E237" s="0">
-        <v>82000</v>
+        <v>14000</v>
       </c>
       <c r="F237" s="0">
-        <v>325</v>
+        <v>67760</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>334</v>
+        <v>517</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>94</v>
+        <v>518</v>
       </c>
       <c r="I237" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>631</v>
+        <v>602</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>632</v>
+        <v>48</v>
       </c>
       <c r="C238" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E238" s="0">
-        <v>176620013.55</v>
+        <v>400000</v>
       </c>
       <c r="F238" s="0">
-        <v>87</v>
+        <v>600</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>633</v>
+        <v>603</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="I238" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>634</v>
+        <v>605</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>166</v>
+        <v>58</v>
       </c>
       <c r="C239" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E239" s="0">
-        <v>450000</v>
+        <v>3900000</v>
       </c>
       <c r="F239" s="0">
-        <v>4200</v>
+        <v>200</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>635</v>
+        <v>606</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="I239" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>637</v>
+        <v>608</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>638</v>
+        <v>58</v>
       </c>
       <c r="C240" s="0">
         <v>1</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E240" s="0">
-        <v>5849</v>
+        <v>3900000</v>
       </c>
       <c r="F240" s="0">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>321</v>
+        <v>609</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>322</v>
+        <v>610</v>
       </c>
       <c r="I240" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>639</v>
+        <v>611</v>
       </c>
       <c r="B241" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C241" s="0">
         <v>100</v>
       </c>
       <c r="D241" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E241" s="0">
-        <v>420000</v>
+        <v>410000</v>
       </c>
       <c r="F241" s="0">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>640</v>
+        <v>612</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>641</v>
+        <v>613</v>
       </c>
       <c r="I241" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>642</v>
+        <v>614</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="C242" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E242" s="0">
-        <v>410000</v>
+        <v>4000000</v>
       </c>
       <c r="F242" s="0">
-        <v>500</v>
+        <v>168</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>489</v>
+        <v>517</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>643</v>
+        <v>518</v>
       </c>
       <c r="I242" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>644</v>
+        <v>615</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>53</v>
+        <v>616</v>
       </c>
       <c r="C243" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E243" s="0">
-        <v>392000</v>
+        <v>175388400</v>
       </c>
       <c r="F243" s="0">
-        <v>500</v>
+        <v>87</v>
       </c>
       <c r="G243" s="0" t="s">
-        <v>645</v>
+        <v>434</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>569</v>
+        <v>617</v>
       </c>
       <c r="I243" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>646</v>
+        <v>618</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>24</v>
+        <v>619</v>
       </c>
       <c r="C244" s="0">
         <v>1</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E244" s="0">
-        <v>4400</v>
+        <v>89840000</v>
       </c>
       <c r="F244" s="0">
-        <v>100000</v>
+        <v>43</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>647</v>
+        <v>434</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>648</v>
+        <v>617</v>
       </c>
       <c r="I244" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>649</v>
+        <v>620</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>650</v>
+        <v>58</v>
       </c>
       <c r="C245" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E245" s="0">
-        <v>6156</v>
+        <v>400000</v>
       </c>
       <c r="F245" s="0">
-        <v>801</v>
+        <v>400</v>
       </c>
       <c r="G245" s="0" t="s">
-        <v>321</v>
+        <v>621</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>322</v>
+        <v>622</v>
       </c>
       <c r="I245" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>651</v>
+        <v>623</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>53</v>
+        <v>515</v>
       </c>
       <c r="C246" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E246" s="0">
-        <v>410000</v>
+        <v>3500000</v>
       </c>
       <c r="F246" s="0">
-        <v>500</v>
+        <v>123</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>652</v>
+        <v>517</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>653</v>
+        <v>518</v>
       </c>
       <c r="I246" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>654</v>
+        <v>624</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>655</v>
+        <v>58</v>
       </c>
       <c r="C247" s="0">
         <v>1</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E247" s="0">
-        <v>8052</v>
+        <v>3900000</v>
       </c>
       <c r="F247" s="0">
-        <v>162</v>
+        <v>500</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>321</v>
+        <v>625</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>322</v>
+        <v>626</v>
       </c>
       <c r="I247" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>656</v>
+        <v>627</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>657</v>
+        <v>48</v>
       </c>
       <c r="C248" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E248" s="0">
-        <v>14900</v>
+        <v>430000</v>
       </c>
       <c r="F248" s="0">
-        <v>63486</v>
+        <v>150</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>658</v>
+        <v>628</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>659</v>
+        <v>629</v>
       </c>
       <c r="I248" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>660</v>
+        <v>630</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>661</v>
+        <v>20</v>
       </c>
       <c r="C249" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E249" s="0">
-        <v>4197</v>
+        <v>420000</v>
       </c>
       <c r="F249" s="0">
-        <v>194</v>
+        <v>1000</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>321</v>
+        <v>631</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>322</v>
+        <v>632</v>
       </c>
       <c r="I249" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>662</v>
+        <v>633</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>24</v>
+        <v>634</v>
       </c>
       <c r="C250" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E250" s="0">
-        <v>400000</v>
+        <v>3500000</v>
       </c>
       <c r="F250" s="0">
-        <v>600</v>
+        <v>1310</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>663</v>
+        <v>635</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>664</v>
+        <v>636</v>
       </c>
       <c r="I250" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>665</v>
+        <v>637</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>666</v>
+        <v>48</v>
       </c>
       <c r="C251" s="0">
         <v>1</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E251" s="0">
-        <v>1800</v>
+        <v>3900</v>
       </c>
       <c r="F251" s="0">
-        <v>42123</v>
+        <v>100000</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="I251" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>667</v>
+        <v>640</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>668</v>
+        <v>159</v>
       </c>
       <c r="C252" s="0">
         <v>1</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E252" s="0">
-        <v>57000</v>
+        <v>5800000</v>
       </c>
       <c r="F252" s="0">
-        <v>111</v>
+        <v>300</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>669</v>
+        <v>641</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>670</v>
+        <v>642</v>
       </c>
       <c r="I252" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>671</v>
+        <v>643</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>672</v>
+        <v>634</v>
       </c>
       <c r="C253" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E253" s="0">
-        <v>80000</v>
+        <v>370000</v>
       </c>
       <c r="F253" s="0">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="G253" s="0" t="s">
-        <v>673</v>
+        <v>644</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>674</v>
+        <v>636</v>
       </c>
       <c r="I253" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>675</v>
+        <v>645</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="C254" s="0">
         <v>100</v>
       </c>
       <c r="D254" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E254" s="0">
-        <v>440000</v>
+        <v>430000</v>
       </c>
       <c r="F254" s="0">
-        <v>500</v>
+        <v>462</v>
       </c>
       <c r="G254" s="0" t="s">
-        <v>676</v>
+        <v>646</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>677</v>
+        <v>647</v>
       </c>
       <c r="I254" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>678</v>
+        <v>648</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="C255" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E255" s="0">
-        <v>400000</v>
+        <v>4000000</v>
       </c>
       <c r="F255" s="0">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>679</v>
+        <v>641</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>680</v>
+        <v>642</v>
       </c>
       <c r="I255" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>681</v>
+        <v>649</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>682</v>
+        <v>20</v>
       </c>
       <c r="C256" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D256" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E256" s="0">
-        <v>15200</v>
+        <v>440000</v>
       </c>
       <c r="F256" s="0">
-        <v>632400</v>
+        <v>480</v>
       </c>
       <c r="G256" s="0" t="s">
-        <v>444</v>
+        <v>650</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="I256" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>683</v>
+        <v>652</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>684</v>
+        <v>653</v>
       </c>
       <c r="C257" s="0">
         <v>1</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E257" s="0">
-        <v>19000</v>
+        <v>5400000</v>
       </c>
       <c r="F257" s="0">
-        <v>107</v>
+        <v>400</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>670</v>
+        <v>655</v>
       </c>
       <c r="I257" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>685</v>
+        <v>656</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>672</v>
+        <v>98</v>
       </c>
       <c r="C258" s="0">
         <v>100</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>686</v>
+        <v>99</v>
       </c>
       <c r="E258" s="0">
-        <v>1660600</v>
+        <v>11000000</v>
       </c>
       <c r="F258" s="0">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>687</v>
+        <v>657</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>688</v>
+        <v>642</v>
       </c>
       <c r="I258" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>689</v>
+        <v>658</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="C259" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D259" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E259" s="0">
-        <v>4300</v>
+        <v>430000</v>
       </c>
       <c r="F259" s="0">
-        <v>50000</v>
+        <v>800</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>690</v>
+        <v>659</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>691</v>
+        <v>660</v>
       </c>
       <c r="I259" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>692</v>
+        <v>661</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>693</v>
+        <v>108</v>
       </c>
       <c r="C260" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E260" s="0">
-        <v>400000</v>
+        <v>18300</v>
       </c>
       <c r="F260" s="0">
-        <v>400</v>
+        <v>47683</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>694</v>
+        <v>662</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>695</v>
+        <v>663</v>
       </c>
       <c r="I260" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>696</v>
+        <v>664</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>697</v>
+        <v>665</v>
       </c>
       <c r="C261" s="0">
         <v>1</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="E261" s="0">
-        <v>5402</v>
+        <v>18000000</v>
       </c>
       <c r="F261" s="0">
-        <v>207</v>
+        <v>15</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>321</v>
+        <v>666</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>322</v>
+        <v>667</v>
       </c>
       <c r="I261" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>698</v>
+        <v>668</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>699</v>
+        <v>669</v>
       </c>
       <c r="C262" s="0">
         <v>1</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E262" s="0">
-        <v>870000</v>
+        <v>16000000</v>
       </c>
       <c r="F262" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>700</v>
+        <v>670</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>701</v>
+        <v>667</v>
       </c>
       <c r="I262" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>702</v>
+        <v>671</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>703</v>
+        <v>138</v>
       </c>
       <c r="C263" s="0">
         <v>1</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>704</v>
+        <v>76</v>
       </c>
       <c r="E263" s="0">
-        <v>7700000</v>
+        <v>3900000</v>
       </c>
       <c r="F263" s="0">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>705</v>
+        <v>672</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>706</v>
+        <v>663</v>
       </c>
       <c r="I263" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>707</v>
+        <v>673</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>708</v>
+        <v>159</v>
       </c>
       <c r="C264" s="0">
         <v>1</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E264" s="0">
-        <v>11000000</v>
+        <v>5900000</v>
       </c>
       <c r="F264" s="0">
-        <v>1</v>
+        <v>107</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>700</v>
+        <v>672</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>701</v>
+        <v>663</v>
       </c>
       <c r="I264" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>709</v>
+        <v>674</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>710</v>
+        <v>20</v>
       </c>
       <c r="C265" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E265" s="0">
-        <v>2724</v>
+        <v>400000</v>
       </c>
       <c r="F265" s="0">
-        <v>623</v>
+        <v>300</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>321</v>
+        <v>675</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>322</v>
+        <v>676</v>
       </c>
       <c r="I265" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>711</v>
+        <v>677</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>712</v>
+        <v>326</v>
       </c>
       <c r="C266" s="0">
         <v>1</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E266" s="0">
-        <v>17000000</v>
+        <v>1717</v>
       </c>
       <c r="F266" s="0">
-        <v>26</v>
+        <v>50000</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>713</v>
+        <v>678</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>714</v>
+        <v>679</v>
       </c>
       <c r="I266" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>715</v>
+        <v>680</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>716</v>
+        <v>681</v>
       </c>
       <c r="C267" s="0">
         <v>1</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E267" s="0">
-        <v>14420</v>
+        <v>26880</v>
       </c>
       <c r="F267" s="0">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>321</v>
+        <v>682</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>322</v>
+        <v>683</v>
       </c>
       <c r="I267" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>717</v>
+        <v>684</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>718</v>
+        <v>685</v>
       </c>
       <c r="C268" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E268" s="0">
-        <v>6500000</v>
+        <v>400000</v>
       </c>
       <c r="F268" s="0">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>700</v>
+        <v>686</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>701</v>
+        <v>687</v>
       </c>
       <c r="I268" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>719</v>
+        <v>688</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="C269" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D269" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E269" s="0">
-        <v>420000</v>
+        <v>3580</v>
       </c>
       <c r="F269" s="0">
-        <v>500</v>
+        <v>100000</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>720</v>
+        <v>689</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>721</v>
+        <v>679</v>
       </c>
       <c r="I269" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>722</v>
+        <v>690</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>723</v>
+        <v>691</v>
       </c>
       <c r="C270" s="0">
         <v>1</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E270" s="0">
-        <v>640000</v>
+        <v>6000000</v>
       </c>
       <c r="F270" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="I270" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>724</v>
+        <v>694</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>240</v>
+        <v>695</v>
       </c>
       <c r="C271" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E271" s="0">
-        <v>420000</v>
+        <v>91960000</v>
       </c>
       <c r="F271" s="0">
-        <v>250</v>
+        <v>21</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>725</v>
+        <v>696</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>726</v>
+        <v>697</v>
       </c>
       <c r="I271" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>728</v>
+        <v>699</v>
       </c>
       <c r="C272" s="0">
         <v>1</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E272" s="0">
-        <v>17000000</v>
+        <v>68316152</v>
       </c>
       <c r="F272" s="0">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>713</v>
+        <v>696</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>714</v>
+        <v>697</v>
       </c>
       <c r="I272" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>729</v>
+        <v>700</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>240</v>
+        <v>701</v>
       </c>
       <c r="C273" s="0">
         <v>1</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E273" s="0">
-        <v>4200000</v>
+        <v>27300000</v>
       </c>
       <c r="F273" s="0">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>730</v>
+        <v>696</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>731</v>
+        <v>697</v>
       </c>
       <c r="I273" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>732</v>
+        <v>702</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>53</v>
+        <v>703</v>
       </c>
       <c r="C274" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E274" s="0">
-        <v>400000</v>
+        <v>106108846</v>
       </c>
       <c r="F274" s="0">
-        <v>350</v>
+        <v>15</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>733</v>
+        <v>696</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>734</v>
+        <v>697</v>
       </c>
       <c r="I274" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>735</v>
+        <v>704</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>736</v>
+        <v>705</v>
       </c>
       <c r="C275" s="0">
         <v>1</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E275" s="0">
-        <v>620000</v>
+        <v>28250384.8</v>
       </c>
       <c r="F275" s="0">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>737</v>
+        <v>696</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>738</v>
+        <v>697</v>
       </c>
       <c r="I275" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>739</v>
+        <v>706</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>53</v>
+        <v>707</v>
       </c>
       <c r="C276" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E276" s="0">
-        <v>360000</v>
+        <v>159720000</v>
       </c>
       <c r="F276" s="0">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>740</v>
+        <v>696</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>741</v>
+        <v>697</v>
       </c>
       <c r="I276" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>742</v>
+        <v>708</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>166</v>
+        <v>709</v>
       </c>
       <c r="C277" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E277" s="0">
-        <v>370000</v>
+        <v>41300000</v>
       </c>
       <c r="F277" s="0">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>743</v>
+        <v>696</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>744</v>
+        <v>697</v>
       </c>
       <c r="I277" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>745</v>
+        <v>710</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>240</v>
+        <v>711</v>
       </c>
       <c r="C278" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E278" s="0">
-        <v>340000</v>
+        <v>26960000</v>
       </c>
       <c r="F278" s="0">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>746</v>
+        <v>696</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>747</v>
+        <v>697</v>
       </c>
       <c r="I278" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>748</v>
+        <v>712</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>749</v>
+        <v>713</v>
       </c>
       <c r="C279" s="0">
         <v>1</v>
       </c>
       <c r="D279" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E279" s="0">
-        <v>75500</v>
+        <v>98000</v>
       </c>
       <c r="F279" s="0">
-        <v>80000</v>
+        <v>25000</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>444</v>
+        <v>696</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>750</v>
+        <v>697</v>
       </c>
       <c r="I279" s="0" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>751</v>
+        <v>714</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>240</v>
+        <v>715</v>
       </c>
       <c r="C280" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D280" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E280" s="0">
-        <v>350000</v>
+        <v>2120.59</v>
       </c>
       <c r="F280" s="0">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>746</v>
+        <v>716</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>752</v>
+        <v>717</v>
       </c>
       <c r="I280" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>753</v>
+        <v>718</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="C281" s="0">
         <v>100</v>
       </c>
       <c r="D281" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E281" s="0">
-        <v>390000</v>
+        <v>450000</v>
       </c>
       <c r="F281" s="0">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>754</v>
+        <v>719</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>755</v>
+        <v>720</v>
       </c>
       <c r="I281" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>756</v>
+        <v>721</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>30</v>
+        <v>722</v>
       </c>
       <c r="C282" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D282" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E282" s="0">
-        <v>380000</v>
+        <v>86015</v>
       </c>
       <c r="F282" s="0">
-        <v>400</v>
+        <v>12000</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>757</v>
+        <v>723</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>758</v>
+        <v>724</v>
       </c>
       <c r="I282" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>759</v>
+        <v>725</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>30</v>
+        <v>726</v>
       </c>
       <c r="C283" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E283" s="0">
-        <v>370000</v>
+        <v>69961</v>
       </c>
       <c r="F283" s="0">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>760</v>
+        <v>723</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>761</v>
+        <v>724</v>
       </c>
       <c r="I283" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>762</v>
+        <v>727</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>53</v>
+        <v>728</v>
       </c>
       <c r="C284" s="0">
         <v>1</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E284" s="0">
-        <v>5000</v>
+        <v>19075000</v>
       </c>
       <c r="F284" s="0">
-        <v>30000</v>
+        <v>225</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>763</v>
+        <v>723</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>764</v>
+        <v>724</v>
       </c>
       <c r="I284" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>765</v>
+        <v>729</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>166</v>
+        <v>730</v>
       </c>
       <c r="C285" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E285" s="0">
-        <v>400000</v>
+        <v>38750000</v>
       </c>
       <c r="F285" s="0">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>766</v>
+        <v>723</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>767</v>
+        <v>724</v>
       </c>
       <c r="I285" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>768</v>
+        <v>731</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>53</v>
+        <v>180</v>
       </c>
       <c r="C286" s="0">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E286" s="0">
-        <v>380000</v>
+        <v>98000</v>
       </c>
       <c r="F286" s="0">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>769</v>
+        <v>504</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>770</v>
+        <v>505</v>
       </c>
       <c r="I286" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>771</v>
+        <v>732</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>772</v>
+        <v>20</v>
       </c>
       <c r="C287" s="0">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D287" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E287" s="0">
-        <v>360024</v>
+        <v>3540</v>
       </c>
       <c r="F287" s="0">
-        <v>14</v>
+        <v>100000</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>773</v>
+        <v>716</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>774</v>
+        <v>717</v>
       </c>
       <c r="I287" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>775</v>
+        <v>733</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>776</v>
+        <v>83</v>
       </c>
       <c r="C288" s="0">
         <v>1</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E288" s="0">
-        <v>4000</v>
+        <v>7500000</v>
       </c>
       <c r="F288" s="0">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="G288" s="0" t="s">
-        <v>777</v>
+        <v>504</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>778</v>
+        <v>505</v>
       </c>
       <c r="I288" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>779</v>
+        <v>734</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>780</v>
+        <v>735</v>
       </c>
       <c r="C289" s="0">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E289" s="0">
-        <v>480032</v>
+        <v>400000</v>
       </c>
       <c r="F289" s="0">
-        <v>50</v>
+        <v>330</v>
       </c>
       <c r="G289" s="0" t="s">
-        <v>773</v>
+        <v>736</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>774</v>
+        <v>737</v>
       </c>
       <c r="I289" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>781</v>
+        <v>738</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>30</v>
+        <v>739</v>
       </c>
       <c r="C290" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E290" s="0">
-        <v>70000000</v>
+        <v>4000</v>
       </c>
       <c r="F290" s="0">
-        <v>5</v>
+        <v>50000</v>
       </c>
       <c r="G290" s="0" t="s">
-        <v>777</v>
+        <v>740</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>778</v>
+        <v>741</v>
       </c>
       <c r="I290" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>782</v>
+        <v>742</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="C291" s="0">
         <v>100</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E291" s="0">
-        <v>370000</v>
+        <v>380000</v>
       </c>
       <c r="F291" s="0">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>783</v>
+        <v>743</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>784</v>
+        <v>744</v>
       </c>
       <c r="I291" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>785</v>
+        <v>745</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="C292" s="0">
         <v>100</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E292" s="0">
-        <v>430000</v>
+        <v>400000</v>
       </c>
       <c r="F292" s="0">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>786</v>
+        <v>746</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>787</v>
+        <v>747</v>
       </c>
       <c r="I292" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>788</v>
+        <v>748</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="C293" s="0">
         <v>100</v>
       </c>
       <c r="D293" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E293" s="0">
-        <v>420000</v>
+        <v>400000</v>
       </c>
       <c r="F293" s="0">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>789</v>
+        <v>749</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>790</v>
+        <v>747</v>
       </c>
       <c r="I293" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>791</v>
+        <v>750</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>792</v>
+        <v>24</v>
       </c>
       <c r="C294" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E294" s="0">
-        <v>50000</v>
+        <v>420000</v>
       </c>
       <c r="F294" s="0">
-        <v>37</v>
+        <v>200</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>793</v>
+        <v>751</v>
       </c>
       <c r="H294" s="0" t="s">
-        <v>794</v>
+        <v>752</v>
       </c>
       <c r="I294" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>795</v>
+        <v>753</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>796</v>
+        <v>48</v>
       </c>
       <c r="C295" s="0">
         <v>1</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E295" s="0">
-        <v>75000</v>
+        <v>4300</v>
       </c>
       <c r="F295" s="0">
-        <v>120</v>
+        <v>50000</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>793</v>
+        <v>754</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>794</v>
+        <v>755</v>
       </c>
       <c r="I295" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>797</v>
+        <v>756</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>798</v>
+        <v>757</v>
       </c>
       <c r="C296" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E296" s="0">
-        <v>1190000</v>
+        <v>2250000</v>
       </c>
       <c r="F296" s="0">
-        <v>470</v>
+        <v>100</v>
       </c>
       <c r="G296" s="0" t="s">
-        <v>799</v>
+        <v>758</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>800</v>
+        <v>759</v>
       </c>
       <c r="I296" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>801</v>
+        <v>760</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>802</v>
+        <v>761</v>
       </c>
       <c r="C297" s="0">
-        <v>1</v>
+        <v>1125</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E297" s="0">
-        <v>23000000</v>
+        <v>10125000</v>
       </c>
       <c r="F297" s="0">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>803</v>
+        <v>762</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>804</v>
+        <v>763</v>
       </c>
       <c r="I297" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>805</v>
+        <v>764</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>806</v>
+        <v>138</v>
       </c>
       <c r="C298" s="0">
         <v>1</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>686</v>
+        <v>76</v>
       </c>
       <c r="E298" s="0">
-        <v>25000</v>
+        <v>5000000</v>
       </c>
       <c r="F298" s="0">
-        <v>600</v>
+        <v>15</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>807</v>
+        <v>758</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>808</v>
+        <v>759</v>
       </c>
       <c r="I298" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>809</v>
+        <v>765</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>810</v>
+        <v>58</v>
       </c>
       <c r="C299" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E299" s="0">
-        <v>16500000</v>
+        <v>380000</v>
       </c>
       <c r="F299" s="0">
-        <v>4</v>
+        <v>500</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>803</v>
+        <v>766</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>804</v>
+        <v>767</v>
       </c>
       <c r="I299" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>811</v>
+        <v>768</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="C300" s="0">
         <v>100</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E300" s="0">
         <v>420000</v>
       </c>
       <c r="F300" s="0">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>812</v>
+        <v>769</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>813</v>
+        <v>770</v>
       </c>
       <c r="I300" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>814</v>
+        <v>771</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>815</v>
+        <v>159</v>
       </c>
       <c r="C301" s="0">
         <v>1</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E301" s="0">
-        <v>19000000</v>
+        <v>6500000</v>
       </c>
       <c r="F301" s="0">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>803</v>
+        <v>758</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>804</v>
+        <v>759</v>
       </c>
       <c r="I301" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>816</v>
+        <v>772</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>817</v>
+        <v>48</v>
       </c>
       <c r="C302" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>686</v>
+        <v>11</v>
       </c>
       <c r="E302" s="0">
-        <v>20000</v>
+        <v>450000</v>
       </c>
       <c r="F302" s="0">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>807</v>
+        <v>773</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>808</v>
+        <v>774</v>
       </c>
       <c r="I302" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>818</v>
+        <v>775</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>819</v>
+        <v>48</v>
       </c>
       <c r="C303" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E303" s="0">
-        <v>850000</v>
+        <v>400000</v>
       </c>
       <c r="F303" s="0">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="G303" s="0" t="s">
-        <v>820</v>
+        <v>776</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>821</v>
+        <v>777</v>
       </c>
       <c r="I303" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>822</v>
+        <v>778</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>823</v>
+        <v>779</v>
       </c>
       <c r="C304" s="0">
         <v>1</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>11</v>
+        <v>780</v>
       </c>
       <c r="E304" s="0">
-        <v>5600</v>
+        <v>35000</v>
       </c>
       <c r="F304" s="0">
-        <v>9242</v>
+        <v>3000</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>824</v>
+        <v>781</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>825</v>
+        <v>782</v>
       </c>
       <c r="I304" s="0" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>826</v>
+        <v>783</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>827</v>
+        <v>58</v>
       </c>
       <c r="C305" s="0">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E305" s="0">
-        <v>110000</v>
+        <v>410000</v>
       </c>
       <c r="F305" s="0">
-        <v>260</v>
+        <v>750</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>828</v>
+        <v>784</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>829</v>
+        <v>785</v>
       </c>
       <c r="I305" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="306">
-      <c r="A306" s="0" t="s">
-[...471 lines deleted...]
-      <c r="I322" s="1"/>
+      <c r="A306" s="1"/>
+      <c r="B306" s="1"/>
+      <c r="C306" s="1"/>
+      <c r="D306" s="1"/>
+      <c r="E306" s="1"/>
+      <c r="F306" s="1"/>
+      <c r="G306" s="1"/>
+      <c r="H306" s="1"/>
+      <c r="I306" s="1"/>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>